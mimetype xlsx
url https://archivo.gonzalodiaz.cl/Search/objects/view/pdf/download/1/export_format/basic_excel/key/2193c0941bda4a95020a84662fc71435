--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -1,73 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>El Kilómetro 104 (GD-O-0074)</t>
+  </si>
+  <si>
+    <t>Conjunto de seis laminas de composición vertical. Cada lámina esta compuesta por textos que estructuran una serie de seis enunciados gráficos impresos con todas las variantes de la serigrafía, incluyendo manchas realizadas con la malla abierta, regidos por la noción albertiana del “cuadro ventana” y por el procedimiento del “banco de pruebas”, en formatos de hule y papel de algodón de 220 cm de altura y láminas de acrílico transparente de similar tamaño.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -113,50 +121,89 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7222_ca_object_representations_media_1238_large1.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2009775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -401,121 +448,131 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.707031" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="179">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>