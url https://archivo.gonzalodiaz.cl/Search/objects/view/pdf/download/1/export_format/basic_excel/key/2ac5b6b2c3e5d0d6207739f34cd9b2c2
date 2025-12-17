--- v0 (2025-12-17)
+++ v1 (2025-12-17)
@@ -1,87 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
-  </si>
-[...10 lines deleted...]
-    <t>Cuatro palabras tipografiadas en romanas mayúsculas de 17 cm de alto, según diseño del autor, en tubo de vidrio inyectado con gas argón, instaladas en el muro bajo un políptico fotográfico de cuatro paneles enmarcados con moldura lacada negra, que mantienen bajo vidrio ampliaciones en cybachrome de 205 cm de altura los registros fotográficos de una performance en la que el autor, sentado delante del pabellón patrio enteramente enrojecido, manipula litúrgicamente una hoz y un martillo dorados en un escenario neoclásico. Frente al cuarto panel se ubican tres objetos, un diccionario de la RAE, un yunque, un nivel y una plomada.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -127,119 +113,50 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...67 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -484,140 +401,121 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z3"/>
+  <dimension ref="A1:Z1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="50" customWidth="true" style="0"/>
+    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.569336" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="405">
-[...16 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>