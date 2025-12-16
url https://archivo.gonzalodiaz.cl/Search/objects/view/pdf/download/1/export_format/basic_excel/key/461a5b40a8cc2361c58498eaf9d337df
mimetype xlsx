--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -28,78 +28,78 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>Quadrivium ad usum Delphini (GD-O-0141)</t>
+  </si>
+  <si>
+    <t>Instalación formada por catorce estaciones de vía crucis, donde se disponen catorce trípodes, catorce pinturas de marina al óleo, catorce repisas, catorce túneles en yeso con pequeño barco de hojalata, treintaitrés números romanos en bronce, catorce palabras procesadas para diapositivas y proyectadas simultáneamente, mediante catorce máquinas proyectoras con dispositivo de oscilación, sobre el muro. </t>
+  </si>
+  <si>
+    <t>Vía Crucis secular (GD-D-00560)</t>
+  </si>
+  <si>
+    <t>Rigor y soltura (GD-D-00558)</t>
+  </si>
+  <si>
+    <t>Vía Crucis (GD-D-00557)</t>
+  </si>
+  <si>
+    <t>Quadrivium: Ad usum delphini (GD-D-00556)</t>
+  </si>
+  <si>
+    <t>Gonzalo Díaz y su vía crucis (GD-D-00555)</t>
+  </si>
+  <si>
+    <t>Lecciones de cosas. 7 textos + postfacio sobre Quadrivium de Gonzalo Díaz (GD-D-00196)</t>
+  </si>
+  <si>
+    <t>Quadrivium ad usum Delphini (GD-D-00186)</t>
+  </si>
+  <si>
     <t>Quadrivium ad usum Delphini (GD-D-00184)</t>
-  </si>
-[...25 lines deleted...]
-    <t>Instalación formada por catorce estaciones de vía crucis, donde se disponen catorce trípodes, catorce pinturas de marina al óleo, catorce repisas, catorce túneles en yeso con pequeño barco de hojalata, treintaitrés números romanos en bronce, catorce palabras procesadas para diapositivas y proyectadas simultáneamente, mediante catorce máquinas proyectoras con dispositivo de oscilación, sobre el muro. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -148,153 +148,153 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93131_ca_object_representations_media_1627_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38117_ca_object_representations_media_202_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32651_ca_object_representations_media_248_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40433_ca_object_representations_media_1756_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58243_ca_object_representations_media_1758_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84602_ca_object_representations_media_1760_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30979_ca_object_representations_media_1762_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23372_ca_object_representations_media_1766_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32802_ca_object_representations_media_721_large9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32802_ca_object_representations_media_721_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23372_ca_object_representations_media_1766_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30979_ca_object_representations_media_1762_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84602_ca_object_representations_media_1760_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58243_ca_object_representations_media_1758_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40433_ca_object_representations_media_1756_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32651_ca_object_representations_media_248_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38117_ca_object_representations_media_202_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93131_ca_object_representations_media_1627_large9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="10763250"/>
+    <xdr:ext cx="6667500" cy="8077200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="5381625"/>
+    <xdr:ext cx="6667500" cy="5924550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="10467975"/>
+    <xdr:ext cx="6667500" cy="8391525"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="6572250"/>
+    <xdr:ext cx="6667500" cy="5848350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -310,141 +310,141 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="5848350"/>
+    <xdr:ext cx="6667500" cy="6572250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="8391525"/>
+    <xdr:ext cx="6667500" cy="10467975"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="5924550"/>
+    <xdr:ext cx="6667500" cy="5381625"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="8077200"/>
+    <xdr:ext cx="6667500" cy="10763250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -770,104 +770,104 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="960">
+    <row r="2" spans="1:26" customHeight="1" ht="720">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="480">
+    <row r="3" spans="1:26" customHeight="1" ht="528">
       <c r="A3"/>
       <c r="B3" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="935">
+    <row r="4" spans="1:26" customHeight="1" ht="748">
       <c r="A4"/>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:26" customHeight="1" ht="587">
+    <row r="5" spans="1:26" customHeight="1" ht="521">
       <c r="A5"/>
       <c r="B5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:26" customHeight="1" ht="585">
       <c r="A6"/>
       <c r="B6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
-    <row r="7" spans="1:26" customHeight="1" ht="521">
+    <row r="7" spans="1:26" customHeight="1" ht="587">
       <c r="A7"/>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
-    <row r="8" spans="1:26" customHeight="1" ht="748">
+    <row r="8" spans="1:26" customHeight="1" ht="935">
       <c r="A8"/>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
-    <row r="9" spans="1:26" customHeight="1" ht="528">
+    <row r="9" spans="1:26" customHeight="1" ht="480">
       <c r="A9"/>
       <c r="B9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:26" customHeight="1" ht="720">
+    <row r="10" spans="1:26" customHeight="1" ht="960">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="C10" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>