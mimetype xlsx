--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -1,73 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Lonquén (GD-O-0089)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Instalación que consta de serie de 14 marcos de madera lacada negra dispuestos en línea al muro de la sala. Dichos marcos se autoiluminan por lámparas de bronce y una luz tenue; en el campo del cuadro se ve una lija al agua negra y encima de ésta, serigrafiado en el vidrio, un texto en el que se lee:
+“EN ESTA CASA
+EL 12 DE ENERO DE 1989
+LE FUE REVELADO A GONZALO DÍAZ
+EL SECRETO DE LOS SUEÑOS”
+Esta frase parafrasea la famosa carta escrita por Freud a su amigo Fliess. Cada uno de los marcos tiene una repisa que nace de la misma moldura y que sostiene un vaso de vidrio con agua; los marcos están numerados del 1 al 14 con números romanos de bronce montados al muro, bajo éstos.
+Junto a esta serie de cuadros o “vía crucis” se ha construído una estructura de cuartones de pino que sostiene gran cantidad de piedras bolones de río rubricadas con números blancos. Un tubo de argón se ha instalado en un costado de la estructura.
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -113,50 +128,89 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80026_ca_object_representations_media_610_large1.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4381500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -401,121 +455,131 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.423096" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="391">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>