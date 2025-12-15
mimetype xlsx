--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -1,73 +1,132 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Los Hijos de la Dicha o Introducción al Paisaje Chileno (GD-D-00009)</t>
+  </si>
+  <si>
+    <t>Los Hijos de la Dicha (díptico Florencia) (GD-O-0031)</t>
+  </si>
+  <si>
+    <t>Obra rectangular, orientación vertical, compuesta por dos paneles.
+Panel A: Composición en base a figura de un cuerpo accidentado por una fuerza externa. Predominio de tonos negro, verde, blanco y amarillo.
+Panel B: Composición en base a figura de un cuerpo accidentado por una fuerza externa. Predominio de tonos amarillo, negro, blanco y rosado.</t>
+  </si>
+  <si>
+    <t>Emblema (GD-O-0034)</t>
+  </si>
+  <si>
+    <t>Composición rectangular en formato vertical, tiene en primer plano la silueta de una mujer, icono de esta serie de obras. Tiene rojo, azul y blanco simulando la bandera nacional chilena. El fondo es tela cruda. Lleva escrita la frase en tinta: Para elevarte al corazón, del corazón de la Pintura Chilena.</t>
+  </si>
+  <si>
+    <t>Emblema (GD-O-0035)</t>
+  </si>
+  <si>
+    <t>Tela rectangular, con una composición vertical. La tela de fondo es negra con flores estamapadas sobre ella y en el centro una figura femenina que lleva un sombrero de holandesa. Tiene escrita la frase: Ya que así me miráis, Miradme al menos. </t>
+  </si>
+  <si>
+    <t>Emblema (GD-O-0036)</t>
+  </si>
+  <si>
+    <t>Tela rectangular de composición vertical. En el centro lleva una silueta de una figura femenina con un sombrero de holandesa coloreada con tono rojo. Tiene escrita la frase: Notas al Margen. </t>
+  </si>
+  <si>
+    <t>Historia Sentimental de la Pintura Chilena, Lámina 5 (GD-O-0042)</t>
+  </si>
+  <si>
+    <t>Composición rectangular con orientación vertical de gran margen. Son cuatro repeticiones de la silueta de una figura femenina con sombrero de holandesa, las dos primeras son similares entre ellas, mientras que la tercera y cuarta también. Predomina el trazo de lápiz gris oscuro y tonalidades como el rojo, amarillo y azul. </t>
+  </si>
+  <si>
+    <t>Historia Sentimental de la Pintura Chilena, Lámina 15 (GD-O-0052)</t>
+  </si>
+  <si>
+    <t>Composición rectangular con orientación vertical, en el centro tiene una figura femenina con sombrero de holandesa, coloreada con tonos verde, amarillo y blanco. Sobre ella la frase: Catastro Nacional de la Critica del Juicio. En los bordes de la lamina, algunos nombres como Pedro, Ricardo, Waldemer, Maria Jose, Victor. </t>
+  </si>
+  <si>
+    <t>La Primera Comunión (GD-O-0070)</t>
+  </si>
+  <si>
+    <t>Tríptico de gran formato. En el primer panel aparecen tres filas, la primera con tres repeticiones de nudos, bajo ella una frase que dice: La Primera Comunión, la Sangre por las venas. Luego una segunda fila con tres repeticiones de nudos. Bajo esta fila la siguiente frase: Vida eterna en el power glide de mamá ese verano del 67. 
+La última fila comienza con la fecha 21-1-85 y sigue con tres repeticiones de una tuerca cuadrada con un tarugo adentro. El segundo panel tiene en el centro una figura de una ave similar a un tucán, con casco y cola de mono. La que esta coloreada con manchas de tonos rojo, calipso, amarillo y verde. El tercer panel tiene un auto apodado power glide, sobre él la imagen de un rostro femenino en felación de tono azul. En la parte superior la fecha de termino de la obra, el 26-1-85. </t>
+  </si>
+  <si>
+    <t>Los Hijos de la Dicha (tríptico Florencia) (GD-O-0252)</t>
+  </si>
+  <si>
+    <t>Obra compuesta por tres paneles.
+Panel A: Obra rectangular, casi cuadrada, orientación vertical. Composición en base a figura y sombra de un ciclista accidentado en la carretera. Predominio de tono amarillo, blanco y negro.
+Panel B: Obra rectangular, casi cuadrada, orientación vertical. Composición en base a figura y sombra de un ciclista accidentado en la carretera. Predominio de tono fucsia, blanco y negro. 
+Panel C: Obra rectangular, casi cuadrada, orientación vertical. Composición en base a figura y sombra de un ciclista accidentado en la carretera. Predominio de tono cian, blanco y negro. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -113,50 +172,329 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50985_ca_object_representations_media_9_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19322_ca_object_representations_media_1149_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82842_ca_object_representations_media_331_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83618_ca_object_representations_media_494_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76548_ca_object_representations_media_495_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40348_ca_object_representations_media_332_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53321_ca_object_representations_media_500_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62542_ca_object_representations_media_598_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22415_ca_object_representations_media_2126_large9.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10344150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2647950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10668000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10182225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9829800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9124950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9839325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2438400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2133600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -401,121 +739,200 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="923">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="236">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="952">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="908">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="877">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="814">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="878">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="217">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="190">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>