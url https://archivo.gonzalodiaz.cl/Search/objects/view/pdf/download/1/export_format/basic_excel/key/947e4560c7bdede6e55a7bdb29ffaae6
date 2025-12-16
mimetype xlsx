--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -28,70 +28,70 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
-    <t>Gonzalo Díaz. Obras 1982-1985 (GD-D-00054)</t>
-[...5 lines deleted...]
-    <t>Exposiciones (GD-D-00393)</t>
+    <t>Sin título (GD-O-0071)</t>
+  </si>
+  <si>
+    <t>Composición rectangular vertical con siluetas de color negro. Algunas partes de cuerpos humanos donde esta escrito Cristalización, Aqueronte y Babilonia. En la esquina superior derecha y en vertical esta el horizonte de dos lugares, sobre ellos tiene escrito las palabras Estigia y Babel. Sobre ellas tres verticales una de tono amarillo y dos verde. En los bordes superiores tiene marcas gráficas del oficio de la impresión. </t>
   </si>
   <si>
     <t>La Primera Comunión (GD-O-0070)</t>
   </si>
   <si>
     <t>Tríptico de gran formato. En el primer panel aparecen tres filas, la primera con tres repeticiones de nudos, bajo ella una frase que dice: La Primera Comunión, la Sangre por las venas. Luego una segunda fila con tres repeticiones de nudos. Bajo esta fila la siguiente frase: Vida eterna en el power glide de mamá ese verano del 67. 
 La última fila comienza con la fecha 21-1-85 y sigue con tres repeticiones de una tuerca cuadrada con un tarugo adentro. El segundo panel tiene en el centro una figura de una ave similar a un tucán, con casco y cola de mono. La que esta coloreada con manchas de tonos rojo, calipso, amarillo y verde. El tercer panel tiene un auto apodado power glide, sobre él la imagen de un rostro femenino en felación de tono azul. En la parte superior la fecha de termino de la obra, el 26-1-85. </t>
   </si>
   <si>
-    <t>Sin título (GD-O-0071)</t>
-[...2 lines deleted...]
-    <t>Composición rectangular vertical con siluetas de color negro. Algunas partes de cuerpos humanos donde esta escrito Cristalización, Aqueronte y Babilonia. En la esquina superior derecha y en vertical esta el horizonte de dos lugares, sobre ellos tiene escrito las palabras Estigia y Babel. Sobre ellas tres verticales una de tono amarillo y dos verde. En los bordes superiores tiene marcas gráficas del oficio de la impresión. </t>
+    <t>Exposiciones (GD-D-00393)</t>
+  </si>
+  <si>
+    <t>Texto Auxiliar para la Lectura del Cuadro Sin Titulo presentado por G Díaz en Galería Visuala.  (GD-D-00055)</t>
+  </si>
+  <si>
+    <t>Gonzalo Díaz. Obras 1982-1985 (GD-D-00054)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -140,93 +140,93 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80657_ca_object_representations_media_34_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23245_ca_object_representations_media_35_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34409_ca_object_representations_media_1855_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62542_ca_object_representations_media_598_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99507_ca_object_representations_media_339_large5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99507_ca_object_representations_media_339_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62542_ca_object_representations_media_598_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34409_ca_object_representations_media_1855_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23245_ca_object_representations_media_35_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80657_ca_object_representations_media_34_large5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="10353675"/>
+    <xdr:ext cx="6667500" cy="9029700"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="10306050"/>
+    <xdr:ext cx="6667500" cy="2438400"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -242,81 +242,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="2438400"/>
+    <xdr:ext cx="6667500" cy="10306050"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="9029700"/>
+    <xdr:ext cx="6667500" cy="10353675"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -642,83 +642,83 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="923">
+    <row r="2" spans="1:26" customHeight="1" ht="805">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="919">
+    <row r="3" spans="1:26" customHeight="1" ht="217">
       <c r="A3"/>
       <c r="B3" t="s">
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:26" customHeight="1" ht="161">
       <c r="A4"/>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:26" customHeight="1" ht="217">
+    <row r="5" spans="1:26" customHeight="1" ht="919">
       <c r="A5"/>
       <c r="B5" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
-    <row r="6" spans="1:26" customHeight="1" ht="805">
+    <row r="6" spans="1:26" customHeight="1" ht="923">
       <c r="A6"/>
       <c r="B6" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C6" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>