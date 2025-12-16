--- v1 (2025-12-16)
+++ v2 (2025-12-16)
@@ -1,97 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
-  </si>
-[...20 lines deleted...]
-    <t>Gonzalo Díaz. Obras 1982-1985 (GD-D-00054)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -137,209 +113,50 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...157 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -584,158 +401,121 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z6"/>
+  <dimension ref="A1:Z1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="50" customWidth="true" style="0"/>
+    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.569336" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="805">
-[...34 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>