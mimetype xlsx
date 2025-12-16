--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -1,73 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Yo Soy el Sendero, Bésame Mucho (GD-O-0121)</t>
+  </si>
+  <si>
+    <t>Instalación, que consta de un recorrido y fotoperformance del artista, en la parte central la frase: YO SOY EL SENDERO, BÉSAME MUCHO, con tipografía en Helvética mayúscula recta, en tubo de vidrio inyectado con gas argón, instalada en el muro de fondo de una sala de planta rectangular conformada por un vía crucis con siete hoces y siete martillos dorados, alzados en 14 varas de bambú, bajo un tríptico fotográfico que muestra los registros de una fotoperformance en tres actos en la que el autor “vocifera” y gesticula tras las rejas con traje a rayas y gorro de preso, acción performática que tuvo como modelo y referencia los registros videográficos transmitidos por la televisión peruana del apresamiento de Abimael Guzmán, autodenominado “presidente Gonzalo”, jefe del grupo terrorista Sendero Luminoso, cuya acción revolucionaria en contra del Estado peruano durante la década de los 80s tuvo como consecuencia la muerte de más de 30.000 personas y el desaparecimiento de otros 6.000 individuos. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -113,50 +121,89 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2742_ca_object_representations_media_830_large1.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4543425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -401,121 +448,131 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="47.559814" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="405">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>