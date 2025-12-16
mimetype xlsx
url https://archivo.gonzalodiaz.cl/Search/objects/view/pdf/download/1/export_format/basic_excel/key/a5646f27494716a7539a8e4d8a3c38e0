--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -1,73 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>El Pinturichio Primo (GD-O-0074.f)</t>
+  </si>
+  <si>
+    <t>Serigrafía rectangular de gran tamaño y de composición vertical, lleva el texto El Pinturichio Primo en primera linea y una serie de imágenes como un tucán, un coito, un avión y una cabeza vendada mirando hacia abajo. Predominan los tonos; negro, azul y fucsia. </t>
+  </si>
+  <si>
+    <t>El Primer Baccio (GD-O-0074.e)</t>
+  </si>
+  <si>
+    <t>Serigrafía rectangular de gran tamaño y de composición vertical, lleva el texto El Primo Baccio en primera linea y una serie de imágenes como un Hermes, un tucán y una cabeza vendada hacia abajo. Predominan los tonos; negro, naranjo y azul.</t>
+  </si>
+  <si>
+    <t>La Primera Comunión  (GD-O-0074.d)</t>
+  </si>
+  <si>
+    <t>Serigrafía rectangular de gran tamaño y de composición vertical, lleva el texto La Primera Comunión en primera linea y una serie de imágenes como un tucán, un pene erecto, una cabeza vendada y el retrato de un niño. Predominan los tonos; negro, rojo, azul, fucsia. </t>
+  </si>
+  <si>
+    <t>El Primer Amore (GD-O-0074.c)</t>
+  </si>
+  <si>
+    <t>Serigrafía rectangular de gran tamaño y de composición vertical, lleva el texto El Primer Amore en primera linea y una serie de imágenes como una cámara de fotos antigua, un tucán y una figura masculina cargando un bebé. Predominan los tonos; negro, rojo, fucsia y amarillo.
+La ficha descriptiva del Museo de Artes Visuales, indica lo siguiente: 
+Elementos icónicos y textuales (de arriba hacia abajo):
+Escuadra de calce (arriba a la derecha: sobreimpresión tintas magenta y cyan)
+El Primer Amore (arriba: tinta negra)
+Métale Lengua (al medio: tinta negra)
+Metalenguaje (abajo: tinta negra)
+Imagen recortada de avíon Douglas del puente aéreo de Berlín (tinta verde)
+Ilustración de libro de medicina de operación al ojo (fondo amarillo trama magenta)
+Máquina fotográfica alto contraste (tinta negra)
+Dibujo de Coré del Silabario Hispanoamericano (Pa-pá) (tinta negra)
+Ilustración de vegetal asimilable a un falo-pene (tinta verde)
+Imagen tramada del Museo nacional de Bellas Artes (el día de su inaugiuración) (tinta negra)
+Signos más y menos (tinta magenta)
+Manchas expresionistas (tintas magenta y cyan)
+Tuvo que poner el grito en el cielo para acceder fugazmente, en el kilómetro cientocuatro, a la paranoica realidad de un constante desvarío
+En capa de acrílico: tucán (tres tintas en sobreimpresión: cyan magenta negro) / cabeza vendada invertida (tinta amarilla)
+ </t>
+  </si>
+  <si>
+    <t>La Prima Felatio (GD-O-0074.b)</t>
+  </si>
+  <si>
+    <t>Serigrafía rectangular de gran tamaño y de composición vertical, lleva el texto La Prima Felatio en primera linea y una serie de imágenes como un tucán, una cabeza al revés, un auto power glide y un tríptico de un niño. Predominan los tonos; negro, rojo, azul, fucsia. </t>
+  </si>
+  <si>
+    <t>La Masturbatio Prima (GD-O-0074.a)</t>
+  </si>
+  <si>
+    <t>Serigrafía rectangular de gran tamaño y de composición vertical, lleva el texto La Masturbatio Prima en primera linea y una serie de imágenes como nudos, torso y pubis con vagina. Predominan los tonos; negro, rojo, azul, fucsia. </t>
+  </si>
+  <si>
+    <t>El Kilómetro 104 (GD-O-0074)</t>
+  </si>
+  <si>
+    <t>Conjunto de seis laminas de composición vertical. Cada lámina esta compuesta por textos que estructuran una serie de seis enunciados gráficos impresos con todas las variantes de la serigrafía, incluyendo manchas realizadas con la malla abierta, regidos por la noción albertiana del “cuadro ventana” y por el procedimiento del “banco de pruebas”, en formatos de hule y papel de algodón de 220 cm de altura y láminas de acrílico transparente de similar tamaño.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -113,50 +174,269 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25503_ca_object_representations_media_794_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18788_ca_object_representations_media_792_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9191_ca_object_representations_media_796_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37537_ca_object_representations_media_793_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32442_ca_object_representations_media_795_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61001_ca_object_representations_media_791_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7222_ca_object_representations_media_1238_large7.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9858375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9925050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9925050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10010775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2009775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -401,121 +681,185 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.990967" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="879">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="885">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="894">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="885">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="893">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="892">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="179">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>