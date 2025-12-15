--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -31,54 +31,54 @@
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Arte chileno en Lisboa (GD-D-00577)</t>
   </si>
   <si>
+    <t>Matta, Díaz y Duclos a Lisboa (GD-D-00579)</t>
+  </si>
+  <si>
     <t>Cuadro de honor (GD-D-00580)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Matta, Díaz y Duclos a Lisboa (GD-D-00579)</t>
   </si>
   <si>
     <t>Resistencia (GD-O-0150)</t>
   </si>
   <si>
     <t>Placa de cerámica refractaria, con una palabra en bajo relieve, donde cada letra presenta una resistencia eléctrica en su interior. Está conectada al flujo eléctrico mediante un contactor magnético que desconecta el suministro eléctrico cada vez que la resistencia logra el estado máximo de incandescencia, conectándolo nuevamente, una vez que esta se enfría. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
@@ -133,123 +133,123 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29343_ca_object_representations_media_1786_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1962_ca_object_representations_media_1792_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16520_ca_object_representations_media_1790_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64385_ca_object_representations_media_661_large4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29343_ca_object_representations_media_1786_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16520_ca_object_representations_media_1790_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1962_ca_object_representations_media_1792_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64385_ca_object_representations_media_661_large4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="3657600"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="8372475"/>
+    <xdr:ext cx="6667500" cy="4086225"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="4086225"/>
+    <xdr:ext cx="6667500" cy="8372475"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -611,57 +611,57 @@
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="327">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="747">
+    <row r="3" spans="1:26" customHeight="1" ht="365">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="365">
+    <row r="4" spans="1:26" customHeight="1" ht="747">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:26" customHeight="1" ht="731">
       <c r="A5"/>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>