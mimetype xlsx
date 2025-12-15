--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -1,81 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
-  </si>
-[...4 lines deleted...]
-    <t>La obra (enviroment) está compuesta por cinco núcleos objetuales: 1. Andamios: 3 corridas de alza primas con iluminación y texto en neón. Al frente presenta unas mangueras de nivel y en cada madera una plaquita de metal con un número correlativo pintado con spray. A la derecha del andamio, en el muro contiguo se observa un metro topográfico. 2. Díptico formado por una tela pintada y cuchillos clavados en su parte superior, de atrás hacia adelante. 3. Dos pilares recubiertos por un moldaje de madera 4. El despliegue de las páginas del Protocolo Nº1 Qué hacer Modus Operandi que estaban custodiados por estas tres hachas colgadas prensadas de sargentos (prensa larga utilizada para ensamblar un tablero de varias tablas) 5. Refrigerador prensado con una prensa de madera. En su interior iluminado presenta trozos grandes de carbón piedra. Por atrás tenía un aislador térmico. Tendido eléctrico formado por pierracs en cada uno de los núcleos objetuales y cables eléctricos que los unían.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -121,89 +113,50 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...37 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -448,131 +401,121 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:Z1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="50" customWidth="true" style="0"/>
+    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.569336" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="398">
-[...7 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>