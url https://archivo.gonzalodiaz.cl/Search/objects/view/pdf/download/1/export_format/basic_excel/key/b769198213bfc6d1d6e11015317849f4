--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -1,84 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
-  </si>
-[...7 lines deleted...]
-    <t>Instalación formada por catorce estaciones de vía crucis, donde se disponen catorce trípodes, catorce pinturas de marina al óleo, catorce repisas, catorce túneles en yeso con pequeño barco de hojalata, treintaitrés números romanos en bronce, catorce palabras procesadas para diapositivas y proyectadas simultáneamente, mediante catorce máquinas proyectoras con dispositivo de oscilación, sobre el muro. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -124,119 +113,50 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...67 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -481,137 +401,121 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z3"/>
+  <dimension ref="A1:Z1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="50" customWidth="true" style="0"/>
+    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.569336" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="836">
-[...13 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>