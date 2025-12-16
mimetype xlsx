--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -28,70 +28,70 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>5 Versiones del Sur/ Eztetyka del sueño (GD-D-00205)</t>
+  </si>
+  <si>
+    <t>Revista Iberoamericana Vol. LXIX Nº202 (GD-D-00206)</t>
+  </si>
+  <si>
+    <t>Lápiz Nº 169/170 (GD-D-00207)</t>
+  </si>
+  <si>
     <t>Lonquén (GD-O-0089)</t>
   </si>
   <si>
     <t xml:space="preserve">Instalación que consta de serie de 14 marcos de madera lacada negra dispuestos en línea al muro de la sala. Dichos marcos se autoiluminan por lámparas de bronce y una luz tenue; en el campo del cuadro se ve una lija al agua negra y encima de ésta, serigrafiado en el vidrio, un texto en el que se lee:
 “EN ESTA CASA
 EL 12 DE ENERO DE 1989
 LE FUE REVELADO A GONZALO DÍAZ
 EL SECRETO DE LOS SUEÑOS”
 Esta frase parafrasea la famosa carta escrita por Freud a su amigo Fliess. Cada uno de los marcos tiene una repisa que nace de la misma moldura y que sostiene un vaso de vidrio con agua; los marcos están numerados del 1 al 14 con números romanos de bronce montados al muro, bajo éstos.
 Junto a esta serie de cuadros o “vía crucis” se ha construído una estructura de cuartones de pino que sostiene gran cantidad de piedras bolones de río rubricadas con números blancos. Un tubo de argón se ha instalado en un costado de la estructura.
 </t>
-  </si>
-[...7 lines deleted...]
-    <t>5 Versiones del Sur/ Eztetyka del sueño (GD-D-00205)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -140,153 +140,153 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80026_ca_object_representations_media_610_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92949_ca_object_representations_media_2192_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90001_ca_object_representations_media_107_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16319_ca_object_representations_media_2172_large4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16319_ca_object_representations_media_2172_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90001_ca_object_representations_media_107_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92949_ca_object_representations_media_2192_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80026_ca_object_representations_media_610_large4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="4381500"/>
+    <xdr:ext cx="6667500" cy="7877175"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="8086725"/>
+    <xdr:ext cx="6667500" cy="9277350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="9277350"/>
+    <xdr:ext cx="6667500" cy="8086725"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="7877175"/>
+    <xdr:ext cx="6667500" cy="4381500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -612,74 +612,74 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="391">
+    <row r="2" spans="1:26" customHeight="1" ht="702">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="721">
+    <row r="3" spans="1:26" customHeight="1" ht="828">
       <c r="A3"/>
       <c r="B3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="828">
+    <row r="4" spans="1:26" customHeight="1" ht="721">
       <c r="A4"/>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:26" customHeight="1" ht="702">
+    <row r="5" spans="1:26" customHeight="1" ht="391">
       <c r="A5"/>
       <c r="B5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>