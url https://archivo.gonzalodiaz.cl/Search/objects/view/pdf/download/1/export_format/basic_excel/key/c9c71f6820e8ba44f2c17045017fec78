--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -1,73 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Tautologías (GD-O-0066)</t>
+  </si>
+  <si>
+    <t>Tríptico de grandes dimensiones. De politela, serigrafía, esmalte sintético, vinil fosforescente diurno, látex, carbón, plumón plateado, lápiz pastel, timbres de goma, tubos de neón. El primer panel lleva una serigrafía repetida en seis columnas por cinco filas, una cabeza femenina mirando hacia el piso con la boca abierta por la introducción de un objeto largo. En el panel central hay 5 filas cada una formada por la repetición serigrafica de un objeto; completo, espárragos, cocodrilo y plátano. El último panel tiene impresa una cabeza masculina de perfil mirando hacia la esquina superior derecha con la boca abierta por la introducción de un objeto largo. Predominan los tonos fluorescentes en cada panel, serigrafía para aplicación de formas y colores. A mano alzada hay aplicación de color y texto manuscrito. </t>
+  </si>
+  <si>
+    <t>Arte &amp; Textos, benmayor, díaz, dittborn, duclos, kay, leppe, oyarzún, richard, valdés (GD-D-00031)</t>
+  </si>
+  <si>
+    <t>Arte &amp; Textos, benmayor, díaz, dittborn, duclos, kay, leppe, oyarzún, richard, valdés (GD-D-00030)</t>
+  </si>
+  <si>
+    <t>Arte &amp; Textos, benmayor, díaz, dittborn, duclos, kay, leppe, oyarzún, richard, valdés (GD-D-00029)</t>
+  </si>
+  <si>
+    <t>Apuntes para un debate (GD-D-00028)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -113,50 +133,209 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161_ca_object_representations_media_694_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54212_ca_object_representations_media_2146_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27381_ca_object_representations_media_1517_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49297_ca_object_representations_media_19_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64281_ca_object_representations_media_18_large5.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5400675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4686300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9591675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10201275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7962900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -401,121 +580,155 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="481">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="419">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="856">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="910">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="710">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>