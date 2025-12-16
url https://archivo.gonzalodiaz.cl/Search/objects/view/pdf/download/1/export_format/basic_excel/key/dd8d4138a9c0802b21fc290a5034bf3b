--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -28,84 +28,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>El Reino del Caos (GD-O-0009)</t>
+  </si>
+  <si>
+    <t>Obra visualmente no identificada.</t>
+  </si>
+  <si>
+    <t>El Paraíso Perdido - La Promesa (GD-O-0008)</t>
+  </si>
+  <si>
+    <t>Aqueronte (GD-O-0007)</t>
+  </si>
+  <si>
+    <t>Obra visualmente no identificada. </t>
+  </si>
+  <si>
+    <t>Babel (GD-O-0006)</t>
+  </si>
+  <si>
+    <t>San Jorge y el Dragón - Creación de la conciencia (GD-O-0005)</t>
+  </si>
+  <si>
+    <t>San Jorge y el Dragón - Lugar de la conciencia (GD-O-0004)</t>
+  </si>
+  <si>
+    <t>San Jorge y el Dragón - Laguna Estigia (GD-O-0003)</t>
+  </si>
+  <si>
+    <t>Paisaje en el que se distingue una construcción con torres y un muro, junto a una laguna de agua verde que va iluminándose hacia adelante hasta encontrarse con un suelo de cemento oscuro, donde hay un caballo junto a algunas sombras que lo acompañan.</t>
+  </si>
+  <si>
+    <t>Gonzalo Díaz: Conciencia de pérdida y conquista (GD-D-00359)</t>
+  </si>
+  <si>
     <t>Tres Pintores, Tres Escultores, Un Poeta (GD-D-00003)</t>
-  </si>
-[...31 lines deleted...]
-    <t>El Reino del Caos (GD-O-0009)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -154,126 +154,126 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20354_ca_object_representations_media_2147_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59600_ca_object_representations_media_2022_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5932_ca_object_representations_media_317_large3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5932_ca_object_representations_media_317_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59600_ca_object_representations_media_2022_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20354_ca_object_representations_media_2147_large3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>1</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:ext cx="6667500" cy="5876925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPr id="1" name="imageA8" descr="imageA8"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>2</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6753225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPr id="2" name="imageA9" descr="imageA9"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>3</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="5876925"/>
+    <xdr:ext cx="6667500" cy="8886825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPr id="3" name="imageA10" descr="imageA10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -554,159 +554,159 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="793">
-      <c r="A2"/>
+    <row r="2" spans="1:26">
       <c r="B2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3"/>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26">
       <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="524">
-      <c r="A4"/>
+    <row r="4" spans="1:26">
       <c r="B4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="B5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:26">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="524">
+      <c r="A8"/>
       <c r="B8" t="s">
         <v>12</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="9" spans="1:26">
+    <row r="9" spans="1:26" customHeight="1" ht="602">
+      <c r="A9"/>
       <c r="B9" t="s">
         <v>14</v>
       </c>
-      <c r="C9" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:26">
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="793">
+      <c r="A10"/>
       <c r="B10" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>