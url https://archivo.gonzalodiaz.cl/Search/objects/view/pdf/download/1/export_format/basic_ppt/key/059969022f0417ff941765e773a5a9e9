--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -236,161 +236,288 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454929819" r:id="rId1"/>
+    <p:sldLayoutId id="2455029102" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34630_ca_object_representations_media_526_large1.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
-[...2 lines deleted...]
-          <a:chExt cx="0" cy="0"/>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4286250" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Civitas Dei (políptico) (GD-O-0155)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Políptico formado por cuatro paneles que presentan en su parte superior una fotografía de una casas vista desde la vereda de enfrente, la cual presenta una luz encendida que se ve por la ventana del segundo piso.  Bajo la fotografía cada panel presenta un papel mural con un color y diseño específico, sobre los cuales se despliega un texto impreso en color negro. Todos de diferente extensión.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme62">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme40">
   <a:themeElements>
-    <a:clrScheme name="Theme62">
+    <a:clrScheme name="Theme40">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme62">
+    <a:fontScheme name="Theme40">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -416,51 +543,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme62">
+    <a:fmtScheme name="Theme40">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>