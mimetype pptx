--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -260,194 +260,194 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454834593" r:id="rId1"/>
+    <p:sldLayoutId id="2454836172" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60999_ca_object_representations_media_509_large1.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88723_ca_object_representations_media_43_large1.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62542_ca_object_representations_media_598_large2.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61645_ca_object_representations_media_44_large2.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1111_ca_object_representations_media_2035_large3.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61645_ca_object_representations_media_44_large4.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62542_ca_object_representations_media_598_large4.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88723_ca_object_representations_media_43_large5.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19454_ca_object_representations_media_243_large5.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19454_ca_object_representations_media_243_large6.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78345_ca_object_representations_media_37_large6.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78345_ca_object_representations_media_37_large7.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60999_ca_object_representations_media_509_large7.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13817_ca_object_representations_media_241_large8.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23245_ca_object_representations_media_35_large8.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23245_ca_object_representations_media_35_large9.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13817_ca_object_representations_media_241_large9.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="5943600"/>
+          <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="5943600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2124075" cy="3200400"/>
+            <a:ext cx="2428875" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -460,111 +460,272 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Teoría del Color (GD-O-0084)]]></a:t>
-[...46 lines deleted...]
-              <a:t><![CDATA[Obra instalatoria de forma vertical, en la parte superior tiene colgado un manuscrito sobre tres trozos rectangulares de trapos de colores primarios desaturados. Delante un yunque dorado, atravesado por una línea recta de 95 cm de tubo de vidrio inyectado con gas argón sobre una piedra canteada rosada.]]></a:t>
+              <a:t><![CDATA[Festival Downey (GD-D-00068)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4895850" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Festival Downey (GD-D-00069)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="5514975" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Inauguran Galería de Arte (GD-D-00392)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9239250" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9239250" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -672,293 +833,85 @@
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Tríptico de gran formato. En el primer panel aparecen tres filas, la primera con tres repeticiones de nudos, bajo ella una frase que dice: La Primera Comunión, la Sangre por las venas. Luego una segunda fila con tres repeticiones de nudos. Bajo esta fila la siguiente frase: Vida eterna en el power glide de mamá ese verano del 67. 
 La última fila comienza con la fecha 21-1-85 y sigue con tres repeticiones de una tuerca cuadrada con un tarugo adentro. El segundo panel tiene en el centro una figura de una ave similar a un tucán, con casco y cola de mono. La que esta coloreada con manchas de tonos rojo, calipso, amarillo y verde. El tercer panel tiene un auto apodado power glide, sobre él la imagen de un rostro femenino en felación de tono azul. En la parte superior la fecha de termino de la obra, el 26-1-85. ]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-[...206 lines deleted...]
-
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2428875" cy="3200400"/>
+            <a:ext cx="2038350" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -971,98 +924,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Festival Downey (GD-D-00068)]]></a:t>
+              <a:t><![CDATA[Meter la Pata o presentación de la obra de Gonzalo Díaz en Chile Vive, Madrid 1987 (GD-D-00061)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2038350" cy="3200400"/>
+            <a:ext cx="1552575" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1075,98 +1028,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Meter la Pata o presentación de la obra de Gonzalo Díaz en Chile Vive, Madrid 1987 (GD-D-00061)]]></a:t>
+              <a:t><![CDATA[Pigarjo Rojo, media luna las armas de su frente, a 3.181 Km. por hora 38 piezas de Once-Ayunador, el Siete-Montañas (GD-D-00059)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="4572000"/>
+          <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="4572000"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="1552575" cy="3200400"/>
+            <a:ext cx="2124075" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1179,98 +1132,145 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Pigarjo Rojo, media luna las armas de su frente, a 3.181 Km. por hora 38 piezas de Once-Ayunador, el Siete-Montañas (GD-D-00059)]]></a:t>
+              <a:t><![CDATA[Teoría del Color (GD-O-0084)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra instalatoria de forma vertical, en la parte superior tiene colgado un manuscrito sobre tres trozos rectangulares de trapos de colores primarios desaturados. Delante un yunque dorado, atravesado por una línea recta de 95 cm de tubo de vidrio inyectado con gas argón sobre una piedra canteada rosada.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2171700" cy="3200400"/>
+            <a:ext cx="2066925" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1283,98 +1283,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Trabajos de mesa o delirio del envasamiento (GD-D-00056)]]></a:t>
+              <a:t><![CDATA[Texto Auxiliar para la Lectura del Cuadro Sin Titulo presentado por G Díaz en Galería Visuala.  (GD-D-00055)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2066925" cy="3200400"/>
+            <a:ext cx="2171700" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1387,105 +1387,105 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Texto Auxiliar para la Lectura del Cuadro Sin Titulo presentado por G Díaz en Galería Visuala.  (GD-D-00055)]]></a:t>
+              <a:t><![CDATA[Trabajos de mesa o delirio del envasamiento (GD-D-00056)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme44">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme41">
   <a:themeElements>
-    <a:clrScheme name="Theme44">
+    <a:clrScheme name="Theme41">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme44">
+    <a:fontScheme name="Theme41">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1511,51 +1511,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme44">
+    <a:fmtScheme name="Theme41">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>