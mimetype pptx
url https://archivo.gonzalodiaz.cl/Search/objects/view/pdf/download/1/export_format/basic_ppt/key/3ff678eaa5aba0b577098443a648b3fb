--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -272,226 +272,226 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454858838" r:id="rId1"/>
+    <p:sldLayoutId id="2454897997" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86536_ca_object_representations_media_249_large1.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89946_ca_object_representations_media_864_large1.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019_ca_object_representations_media_1996_large10.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81264_ca_object_representations_media_251_large10.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17188_ca_object_representations_media_1998_large11.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47409_ca_object_representations_media_111_large11.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18794_ca_object_representations_media_2000_large12.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24849_ca_object_representations_media_110_large12.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89946_ca_object_representations_media_864_large13.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86536_ca_object_representations_media_249_large13.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24849_ca_object_representations_media_110_large2.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18794_ca_object_representations_media_2000_large2.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47409_ca_object_representations_media_111_large3.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17188_ca_object_representations_media_1998_large3.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81264_ca_object_representations_media_251_large4.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019_ca_object_representations_media_1996_large4.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40522_ca_object_representations_media_1633_large5.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/413_ca_object_representations_media_1994_large5.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81041_ca_object_representations_media_1989_large6.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45137_ca_object_representations_media_1992_large6.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13693_ca_object_representations_media_1990_large7.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45137_ca_object_representations_media_1992_large8.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81041_ca_object_representations_media_1989_large8.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/413_ca_object_representations_media_1994_large9.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40522_ca_object_representations_media_1633_large9.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="4572000"/>
+          <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="4572000"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2105025" cy="3200400"/>
+            <a:ext cx="4781550" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -504,98 +504,145 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Rúbrica (GD-D-00211)]]></a:t>
+              <a:t><![CDATA[Rúbrica (GD-O-0158)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Site Specific que interviene el interior de la sala de exposiciones con iluminación roja y 14 textos en neón, escritos en Arial mayúsculas, emplazadas a cinco metros de altura en el muro poniente del espacio rectangular de exhibición, en los catorce espacios que separan las trece cerchas de madera que soportan el tejado de dos aguas de la sala de exhibición.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2743200" cy="3200400"/>
+            <a:ext cx="2400300" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -608,98 +655,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Gonzalo Díaz se pone completamente rojo (GD-D-00613)]]></a:t>
+              <a:t><![CDATA[Es decir Nº 6 (GD-D-00217)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2095500" cy="3200400"/>
+            <a:ext cx="1990725" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -712,98 +759,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Díaz, Núñez y Balmes, tres formas de revisar los 30 años (GD-D-00614)]]></a:t>
+              <a:t><![CDATA[Tarjeta de la exposición Rúbrica de Gonzalo Díaz en Centro Cultural Matucana 100. Santiago de Chile, 2003. (GD-D-00214)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="3143250" cy="3200400"/>
+            <a:ext cx="2352675" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -816,98 +863,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Eterno retorno (GD-D-00615)]]></a:t>
+              <a:t><![CDATA[Diseño Nº 9 (GD-D-00212)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="5943600"/>
+          <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="5943600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="4781550" cy="3200400"/>
+            <a:ext cx="2105025" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -920,145 +967,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Rúbrica (GD-O-0158)]]></a:t>
-[...46 lines deleted...]
-              <a:t><![CDATA[Site Specific que interviene el interior de la sala de exposiciones con iluminación roja y 14 textos en neón, escritos en Arial mayúsculas, emplazadas a cinco metros de altura en el muro poniente del espacio rectangular de exhibición, en los catorce espacios que separan las trece cerchas de madera que soportan el tejado de dos aguas de la sala de exhibición.]]></a:t>
+              <a:t><![CDATA[Rúbrica (GD-D-00211)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2352675" cy="3200400"/>
+            <a:ext cx="3143250" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1071,98 +1071,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Diseño Nº 9 (GD-D-00212)]]></a:t>
+              <a:t><![CDATA[Eterno retorno (GD-D-00615)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="1990725" cy="3200400"/>
+            <a:ext cx="2095500" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1175,98 +1175,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Tarjeta de la exposición Rúbrica de Gonzalo Díaz en Centro Cultural Matucana 100. Santiago de Chile, 2003. (GD-D-00214)]]></a:t>
+              <a:t><![CDATA[Díaz, Núñez y Balmes, tres formas de revisar los 30 años (GD-D-00614)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2400300" cy="3200400"/>
+            <a:ext cx="2743200" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1279,98 +1279,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Es decir Nº 6 (GD-D-00217)]]></a:t>
+              <a:t><![CDATA[Gonzalo Díaz se pone completamente rojo (GD-D-00613)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2381250" cy="3200400"/>
+            <a:ext cx="2095500" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1383,98 +1383,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Revista Art Nexus Nº 103 (GD-D-00291)]]></a:t>
+              <a:t><![CDATA[Los polémicos proyectos Fondart que vienen (GD-D-00612)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2371725" cy="3200400"/>
+            <a:ext cx="2047875" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1487,51 +1487,51 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Maderas dolientes y burlonas de Francisco Leiro (GD-D-00609)]]></a:t>
+              <a:t><![CDATA[El pulso de la tortura se siente y se exorciza en Rúbrica (GD-D-00611)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
@@ -1638,51 +1638,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2047875" cy="3200400"/>
+            <a:ext cx="2371725" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1695,98 +1695,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[El pulso de la tortura se siente y se exorciza en Rúbrica (GD-D-00611)]]></a:t>
+              <a:t><![CDATA[Maderas dolientes y burlonas de Francisco Leiro (GD-D-00609)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2095500" cy="3200400"/>
+            <a:ext cx="2381250" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1799,105 +1799,105 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Los polémicos proyectos Fondart que vienen (GD-D-00612)]]></a:t>
+              <a:t><![CDATA[Revista Art Nexus Nº 103 (GD-D-00291)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme96">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme70">
   <a:themeElements>
-    <a:clrScheme name="Theme96">
+    <a:clrScheme name="Theme70">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme96">
+    <a:fontScheme name="Theme70">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1923,51 +1923,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme96">
+    <a:fmtScheme name="Theme70">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>