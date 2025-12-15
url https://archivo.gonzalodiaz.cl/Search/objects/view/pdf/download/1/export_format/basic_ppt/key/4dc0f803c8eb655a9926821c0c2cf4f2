--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -1,67 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId3"/>
+    <p:sldId id="257" r:id="rId4"/>
+    <p:sldId id="258" r:id="rId5"/>
+    <p:sldId id="259" r:id="rId6"/>
+    <p:sldId id="260" r:id="rId7"/>
+    <p:sldId id="261" r:id="rId8"/>
+    <p:sldId id="262" r:id="rId9"/>
+    <p:sldId id="263" r:id="rId10"/>
+    <p:sldId id="264" r:id="rId11"/>
+    <p:sldId id="265" r:id="rId12"/>
+    <p:sldId id="266" r:id="rId13"/>
+    <p:sldId id="267" r:id="rId14"/>
+    <p:sldId id="268" r:id="rId15"/>
+    <p:sldId id="269" r:id="rId16"/>
+    <p:sldId id="270" r:id="rId17"/>
+    <p:sldId id="271" r:id="rId18"/>
+    <p:sldId id="272" r:id="rId19"/>
+    <p:sldId id="273" r:id="rId20"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="fr-FR"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" defTabSz="914400" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="0" rtl="0">
       <a:defRPr kern="1200" sz="1800">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr algn="l" defTabSz="914400" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="457200" rtl="0">
       <a:defRPr kern="1200" sz="1800">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -160,53 +194,70 @@
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showComments="0" lastView="sldView">
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx d="100" n="100"/>
           <a:sy d="100" n="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/>
-  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
-[...1 lines deleted...]
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/>
+  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/>
+  <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/>
+  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/>
+  <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/>
+  <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/>
+  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/>
+  <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/>
+  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/>
+  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/>
+  <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/>
+  <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/>
+  <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/>
+  <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/>
+  <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
+  <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/>
+  <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -236,161 +287,2240 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454833815" r:id="rId1"/>
+    <p:sldLayoutId id="2454836106" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31253_ca_object_representations_media_1641_large1.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99794_ca_object_representations_media_1225_large10.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62400_ca_object_representations_media_1224_large11.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84101_ca_object_representations_media_1222_large12.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83508_ca_object_representations_media_1219_large13.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53659_ca_object_representations_media_1218_large14.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84925_ca_object_representations_media_1217_large15.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20059_ca_object_representations_media_1215_large16.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55371_ca_object_representations_media_1214_large17.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62422_ca_object_representations_media_508_large18.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91943_ca_object_representations_media_1245_large2.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28896_ca_object_representations_media_1374_large3.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35321_ca_object_representations_media_1246_large4.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52556_ca_object_representations_media_1233_large5.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93798_ca_object_representations_media_1231_large6.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84109_ca_object_representations_media_1232_large7.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29821_ca_object_representations_media_1229_large8.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68701_ca_object_representations_media_1227_large9.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
-[...2 lines deleted...]
-          <a:chExt cx="0" cy="0"/>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2409825" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Carpeta Lanzamiento Archivo Gonzalo Díaz (GD-O-0256)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4210050" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.h)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4267200" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.g)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4552950" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.f)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3962400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.e)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4552950" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.d)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4552950" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue (GD-O-0073.c)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3905250" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.b)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4552950" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.a)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4552950" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Composición de 10 cuadros, hechos con retazos de recortes del taller. En la última fila se lee El Derecho a la Pereza. 
+En la segunda pared, se ubica un tríptico que dice AL ARTE. El primero es de tono azul, el segundo rojo y el tercero amarillo, el que tiene impreso la imagen de dos personas besándose.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2419350" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Carpeta Numero Quebrado (GD-O-0082)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2400300" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Para la portada del próximo libro Tutankamon Takla de Gonzalo (GD-O-0255)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2371725" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Carpeta Visuala Eventos - FLACSO (GD-O-0081)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Carpeta de fondo tono gris con letras imprenta en tono azul, en la parte superior tiene una etiqueta de fosforos chilenos con la cordillera de los andes intervenida con una cruz de tono negro. ]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4762500" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.m)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4762500" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.l)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4762500" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.k)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3905250" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.j)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3990975" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Derecho a la Pereza de Lafargue / serie (GD-O-0073.i)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme31">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme94">
   <a:themeElements>
-    <a:clrScheme name="Theme31">
+    <a:clrScheme name="Theme94">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme31">
+    <a:fontScheme name="Theme94">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -416,51 +2546,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme31">
+    <a:fmtScheme name="Theme94">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -591,51 +2721,51 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect b="50000" l="50000" r="50000" t="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Office PowerPoint</Application>
-  <Slides>1</Slides>
+  <Slides>18</Slides>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>