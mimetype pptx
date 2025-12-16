--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -236,161 +236,288 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454891057" r:id="rId1"/>
+    <p:sldLayoutId id="2454934232" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55142_ca_object_representations_media_718_large1.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
-[...2 lines deleted...]
-          <a:chExt cx="0" cy="0"/>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4057650" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Unidos en la Gloria y en la Muerte (GD-O-0140)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra compuesta por una intervención del frontis del Museo Nacional de Bellas Artes con el título de la obra y de la exposición en tubos de vidrio con gas argón, instalada sobre el nombre del museo; y por una instalación en Sala Matta, cuyo perímetro está intervenida con tres corridas de alzaprimas metálicas que presentan cerca de su base, sobre la segunda corrida de andamio, un texto escrito en mayúsculas y fabricado con tubos de vidrio con gas argón.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme70">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme17">
   <a:themeElements>
-    <a:clrScheme name="Theme70">
+    <a:clrScheme name="Theme17">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme70">
+    <a:fontScheme name="Theme17">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -416,51 +543,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme70">
+    <a:fmtScheme name="Theme17">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>