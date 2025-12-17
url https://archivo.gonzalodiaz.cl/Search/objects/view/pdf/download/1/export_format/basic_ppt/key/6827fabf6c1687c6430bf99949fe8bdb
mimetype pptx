--- v0 (2025-12-17)
+++ v1 (2025-12-17)
@@ -236,51 +236,51 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2455010793" r:id="rId1"/>
+    <p:sldLayoutId id="2455023643" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">