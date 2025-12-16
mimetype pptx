--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -266,175 +266,279 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454872055" r:id="rId1"/>
+    <p:sldLayoutId id="2454880160" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84515_ca_object_representations_media_237_large1.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21454_ca_object_representations_media_262_large9.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60329_ca_object_representations_media_1842_large10.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16728_ca_object_representations_media_497_large10.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96372_ca_object_representations_media_1622_large1.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21483_ca_object_representations_media_238_large2.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74143_ca_object_representations_media_1844_large2.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36131_ca_object_representations_media_239_large3.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21483_ca_object_representations_media_238_large3.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21454_ca_object_representations_media_262_large4.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...6 lines deleted...]
-<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28501_ca_object_representations_media_30_large5.jpg"/>
 </Relationships>
 
 </file>
 
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80657_ca_object_representations_media_34_large6.jpg"/>
+</Relationships>
+
+</file>
+
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16728_ca_object_representations_media_497_large6.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96372_ca_object_representations_media_1622_large7.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84515_ca_object_representations_media_237_large7.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74143_ca_object_representations_media_1844_large8.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36131_ca_object_representations_media_239_large8.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60329_ca_object_representations_media_1842_large9.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2143125" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Para la historia sentimental de la Pintura Chilena. Gonzalo Díaz. Julio 1982 (GD-D-00019)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
@@ -510,189 +614,85 @@
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Acto performatico, a la fecha no existe registro visual. 
 Presentación, performance con proyección de diapos en Centro Cultural Mapocho frente a la Plaza del Mulato Gil. Era entre presentación y performance: las diapos se proyectaron sobre una tela de 220 cm de alto estirada en bastidor y preparada como si fuera una tela para pintar con una proyectora Kodak de carrusel. ]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-[...102 lines deleted...]
-
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="4572000"/>
+          <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="4572000"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="1905000" cy="3200400"/>
+            <a:ext cx="2266950" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -705,98 +705,146 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Restrospectiva de los herederos chilenos de Marcel Duchamp (GD-D-00387)]]></a:t>
+              <a:t><![CDATA[Historia Sentimental de la Pintura Chilena  (GD-O-0215)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[La obra está compuesta por una serie de 22 láminas de papel de algodón de 100 x 70 cm cada una y una serie de 16 trípticos de papel que dan forma a la "cinta sin fin", de 90 cm de alto y 20 m de largo aproximadamente.
+En toda la obra la figura central es "la Klenzo" impresa mediante plantillas de stencil o dibujada con esmalte sintético.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2152650" cy="3200400"/>
+            <a:ext cx="2143125" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -809,98 +857,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Chile Arte Actual (GD-D-00082)]]></a:t>
+              <a:t><![CDATA[Fijense en eso (GD-D-00020)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="3829050" cy="3200400"/>
+            <a:ext cx="2162175" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -913,98 +961,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[El día en que la chica Klenzo conquistó el estrellato (GD-D-00386)]]></a:t>
+              <a:t><![CDATA[Para la historia sentimental de la Pintura Chilena. Catálogo Lumínico (GD-D-00021)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2143125" cy="3200400"/>
+            <a:ext cx="2409825" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1017,98 +1065,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Fijense en eso (GD-D-00020)]]></a:t>
+              <a:t><![CDATA[Plástica Neo – Vanguardista (GD-D-00027)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2057400" cy="3200400"/>
+            <a:ext cx="1905000" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1121,98 +1169,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Gonzalo Díaz. Obras 1982-1985 (GD-D-00054)]]></a:t>
+              <a:t><![CDATA[Historia Sentimental de la Pintura Chilena (GD-D-00047)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="1905000" cy="3200400"/>
+            <a:ext cx="2057400" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1225,98 +1273,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Historia Sentimental de la Pintura Chilena (GD-D-00047)]]></a:t>
+              <a:t><![CDATA[Gonzalo Díaz. Obras 1982-1985 (GD-D-00054)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="5943600"/>
+          <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="5943600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2266950" cy="3200400"/>
+            <a:ext cx="2152650" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1329,146 +1377,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Historia Sentimental de la Pintura Chilena  (GD-O-0215)]]></a:t>
-[...47 lines deleted...]
-En toda la obra la figura central es "la Klenzo" impresa mediante plantillas de stencil o dibujada con esmalte sintético.]]></a:t>
+              <a:t><![CDATA[Chile Arte Actual (GD-D-00082)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2143125" cy="3200400"/>
+            <a:ext cx="3829050" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1481,98 +1481,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Para la historia sentimental de la Pintura Chilena. Gonzalo Díaz. Julio 1982 (GD-D-00019)]]></a:t>
+              <a:t><![CDATA[El día en que la chica Klenzo conquistó el estrellato (GD-D-00386)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2162175" cy="3200400"/>
+            <a:ext cx="1905000" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1585,105 +1585,105 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Para la historia sentimental de la Pintura Chilena. Catálogo Lumínico (GD-D-00021)]]></a:t>
+              <a:t><![CDATA[Restrospectiva de los herederos chilenos de Marcel Duchamp (GD-D-00387)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme7">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme23">
   <a:themeElements>
-    <a:clrScheme name="Theme7">
+    <a:clrScheme name="Theme23">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme7">
+    <a:fontScheme name="Theme23">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1709,51 +1709,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme7">
+    <a:fmtScheme name="Theme23">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>