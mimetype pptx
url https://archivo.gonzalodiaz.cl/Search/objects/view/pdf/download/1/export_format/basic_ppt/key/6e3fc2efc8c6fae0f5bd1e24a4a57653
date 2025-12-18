--- v0 (2025-12-16)
+++ v1 (2025-12-18)
@@ -236,51 +236,51 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454908103" r:id="rId1"/>
+    <p:sldLayoutId id="2455033485" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
@@ -306,91 +306,91 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme95">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme4">
   <a:themeElements>
-    <a:clrScheme name="Theme95">
+    <a:clrScheme name="Theme4">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme95">
+    <a:fontScheme name="Theme4">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -416,51 +416,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme95">
+    <a:fmtScheme name="Theme4">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>