--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -236,51 +236,51 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454919376" r:id="rId1"/>
+    <p:sldLayoutId id="2454935476" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
@@ -433,91 +433,91 @@
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Conjunto de seis laminas de composición vertical. Cada lámina esta compuesta por textos que estructuran una serie de seis enunciados gráficos impresos con todas las variantes de la serigrafía, incluyendo manchas realizadas con la malla abierta, regidos por la noción albertiana del “cuadro ventana” y por el procedimiento del “banco de pruebas”, en formatos de hule y papel de algodón de 220 cm de altura y láminas de acrílico transparente de similar tamaño.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme66">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme40">
   <a:themeElements>
-    <a:clrScheme name="Theme66">
+    <a:clrScheme name="Theme40">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme66">
+    <a:fontScheme name="Theme40">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -543,51 +543,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme66">
+    <a:fmtScheme name="Theme40">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>