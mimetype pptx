--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -263,272 +263,168 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454802796" r:id="rId1"/>
+    <p:sldLayoutId id="2454803355" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51929_ca_object_representations_media_1628_large1.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40184_ca_object_representations_media_1143_large1.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40184_ca_object_representations_media_1143_large10.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51929_ca_object_representations_media_1628_large10.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38754_ca_object_representations_media_420_large2.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54275_ca_object_representations_media_459_large2.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98851_ca_object_representations_media_421_large3.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95851_ca_object_representations_media_1144_large3.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40927_ca_object_representations_media_454_large4.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54520_ca_object_representations_media_457_large4.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45708_ca_object_representations_media_455_large5.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61651_ca_object_representations_media_456_large5.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61651_ca_object_representations_media_456_large6.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45708_ca_object_representations_media_455_large6.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54520_ca_object_representations_media_457_large7.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40927_ca_object_representations_media_454_large7.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95851_ca_object_representations_media_1144_large8.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98851_ca_object_representations_media_421_large8.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54275_ca_object_representations_media_459_large9.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38754_ca_object_representations_media_420_large9.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...102 lines deleted...]
-<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -639,85 +535,189 @@
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Díptico formado por dos láminas en las que se despliegan siete puntos, en la primera del 1 al 3 y en la segunda del 4 al 7, donde el último punto carece de contenido.
 En la primera lámina aparece una fotografía en blanco y negros de dos figuras masculinas en un balcón. Un dibujo rodea la imagen, graficando el movimiento del sol según los puntos cardinales y el horario.
 Parte del texto que acompaña el punto dos presenta una traducción al inglés escrita en color rojo.
 La segunda lámina presenta la misma fotografía en blanco y negro, pero esta vez en menor tamaño, inclinada hacia la derecha e inserta en un dibujo esquemático arquitectónico. El punto cuatro presenta dos de tres textos en castellano escritos en bold, inclinados hacia la derecha, los cuales están conectados linealmente con sus traducciones al inglés escritas en color rojo. Los puntos cinco y seis presentan un texto escrito en color rojo, donde algunas palabras aparecen destacadas al estar escritas en un tamaño tipográfico mayor, en color negro y letra bold. El punto siete no tiene texto ni imagen asociado.
 Cada número de los puntos de la obra están realizados en plumón rojo de punta biselada e impresos al revés.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="8477250" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Instalación de Luis (Bernardo) Oyarzún (GD-O-0113)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2209800" cy="3200400"/>
+            <a:ext cx="2085975" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -730,145 +730,146 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Écfrasis para díptico nacional, en Imaginarios Culturales para la Izquierda: un archivo en construcción (GD-O-0172)]]></a:t>
+              <a:t><![CDATA[Este es un falso aviso (GD-O-0214)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Entrada de diccionario que define la palabra ARTE mediante un texto ecfrásico que describe la imagen de la mujer que se presenta al final de la descripción. La mujer tiene un objeto en la mano izquierda y usa un guante en su mano derecha. Viste un delantal blanco tipo pechera y una toca sobre la cabeza. Usa collar de perlas al rededor del cuello. Un segundo texto ecfrásico se desarrolla bajo la imagen de la mujer. Al final de éste se identifica la figura de un garzón en movimiento. Viste traje negro, corbatín y camisa blanca. En su antebrazo izquierdo lleva un paño y con su mano sostiene una bandeja con una botella. En su mano derecha sostiene otra bandeja con tres copas.]]></a:t>
+              <a:t><![CDATA[Obra gráfica formada por un recuadro blanco, rectangular vertical. En su parte superior presenta un título escrito en letras blancas enmarcado en un recuadro negro. hacia abajo se despliega tres conjuntos de textos, cada uno con distinto tamaño tipográfico, todos de color negro. Entre el segundo y el tercero, se observa una estrella negra al centro separándolos.
+La imagen de archivo presenta carta de color y blanco y negro, nombre del archivo y líneas de corte.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="5943600"/>
+          <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="5943600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2019300" cy="3200400"/>
+            <a:ext cx="2238375" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -881,145 +882,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Udepeliento (GD-O-0173)]]></a:t>
-[...46 lines deleted...]
-              <a:t><![CDATA[Texto escrito en letras altas y bajas color negro, justificadas a la izquierda, en dos columnas, sobre cuadrícula tipo cuaderno de matemáticas. Sobre la columna izquierda presenta un título escrito en bold. Cada línea del escrito comienza con mayúscula a pesar de la puntuación del texto.]]></a:t>
+              <a:t><![CDATA[El día es cierto e indeterminado (GD-O-0213)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="1695450" cy="3200400"/>
+            <a:ext cx="2019300" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1032,98 +986,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Yo no tiemblo a ningún caballo (GD-O-0209)]]></a:t>
+              <a:t><![CDATA[Quebrada El Arrayán, Litueche (GD-O-0212)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="1790700" cy="3200400"/>
+            <a:ext cx="1933575" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1136,98 +1090,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Entre la Hoz y el Martillo no hay donde perderse (GD-O-0210)]]></a:t>
+              <a:t><![CDATA[Krassnoff. Por qué no a la derecha (GD-O-0211)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="1933575" cy="3200400"/>
+            <a:ext cx="1790700" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1240,98 +1194,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Krassnoff. Por qué no a la derecha (GD-O-0211)]]></a:t>
+              <a:t><![CDATA[Entre la Hoz y el Martillo no hay donde perderse (GD-O-0210)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2019300" cy="3200400"/>
+            <a:ext cx="1695450" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1344,98 +1298,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Quebrada El Arrayán, Litueche (GD-O-0212)]]></a:t>
+              <a:t><![CDATA[Yo no tiemblo a ningún caballo (GD-O-0209)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="4572000"/>
+          <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="4572000"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2238375" cy="3200400"/>
+            <a:ext cx="2019300" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1448,98 +1402,145 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[El día es cierto e indeterminado (GD-O-0213)]]></a:t>
+              <a:t><![CDATA[Udepeliento (GD-O-0173)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Texto escrito en letras altas y bajas color negro, justificadas a la izquierda, en dos columnas, sobre cuadrícula tipo cuaderno de matemáticas. Sobre la columna izquierda presenta un título escrito en bold. Cada línea del escrito comienza con mayúscula a pesar de la puntuación del texto.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2085975" cy="3200400"/>
+            <a:ext cx="2209800" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -1552,153 +1553,152 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Este es un falso aviso (GD-O-0214)]]></a:t>
+              <a:t><![CDATA[Écfrasis para díptico nacional, en Imaginarios Culturales para la Izquierda: un archivo en construcción (GD-O-0172)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Obra gráfica formada por un recuadro blanco, rectangular vertical. En su parte superior presenta un título escrito en letras blancas enmarcado en un recuadro negro. hacia abajo se despliega tres conjuntos de textos, cada uno con distinto tamaño tipográfico, todos de color negro. Entre el segundo y el tercero, se observa una estrella negra al centro separándolos.
-La imagen de archivo presenta carta de color y blanco y negro, nombre del archivo y líneas de corte.]]></a:t>
+              <a:t><![CDATA[Entrada de diccionario que define la palabra ARTE mediante un texto ecfrásico que describe la imagen de la mujer que se presenta al final de la descripción. La mujer tiene un objeto en la mano izquierda y usa un guante en su mano derecha. Viste un delantal blanco tipo pechera y una toca sobre la cabeza. Usa collar de perlas al rededor del cuello. Un segundo texto ecfrásico se desarrolla bajo la imagen de la mujer. Al final de éste se identifica la figura de un garzón en movimiento. Viste traje negro, corbatín y camisa blanca. En su antebrazo izquierdo lleva un paño y con su mano sostiene una bandeja con una botella. En su mano derecha sostiene otra bandeja con tres copas.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme87">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme23">
   <a:themeElements>
-    <a:clrScheme name="Theme87">
+    <a:clrScheme name="Theme23">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme87">
+    <a:fontScheme name="Theme23">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1724,51 +1724,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme87">
+    <a:fmtScheme name="Theme23">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>