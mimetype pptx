--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -236,51 +236,51 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454848996" r:id="rId1"/>
+    <p:sldLayoutId id="2454850054" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
@@ -434,91 +434,91 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Dos trípticos de 300 por 460 cm cada uno, pintados al óleo sobre tela e intervenidos con textos y marcas en látex. En ambos trípticos aparecen yuxtapuestas imágenes del paisaje chileno y de la iconografía popular de la época, como la figura masculina y femenina. Ambas figuras sobresalen del bastidor de la tela, de manera que sus contornos quedan fuera del rectángulo de la pintura. Así, la imagen pintada al óleo de la cordillera de los Andes aparece junto a la figura del mozo de la marca de vinos Santa Carolina y la frase MADRE, ESTO NO ES EL PARAÍSO. 
 A su vez, la imagen del mar de las costas chilenas aparece junto a la mujer del Klenzo y el texto HAY AQUÍ UN CUERPO QUE SUCUMBE. En ambos dípticos se han pintado también líneas que indican el punto de fuga, la línea de horizonte y cruces, figuras parecidas a huellas de pata de vaca, la recurrente cabeza vendada invertida y el nudo. ]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme19">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme66">
   <a:themeElements>
-    <a:clrScheme name="Theme19">
+    <a:clrScheme name="Theme66">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme19">
+    <a:fontScheme name="Theme66">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -544,51 +544,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme19">
+    <a:fmtScheme name="Theme66">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>