--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -257,185 +257,487 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454853236" r:id="rId1"/>
+    <p:sldLayoutId id="2454905159" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55142_ca_object_representations_media_718_large1.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59611_ca_object_representations_media_764_large1.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1319_ca_object_representations_media_1329_large2.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50316_ca_object_representations_media_759_large2.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51796_ca_object_representations_media_56_large3.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55142_ca_object_representations_media_718_large3.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7197_ca_object_representations_media_55_large4.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80026_ca_object_representations_media_610_large4.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80026_ca_object_representations_media_610_large5.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80911_ca_object_representations_media_348_large5.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59611_ca_object_representations_media_764_large6.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1319_ca_object_representations_media_1329_large6.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50316_ca_object_representations_media_759_large7.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51796_ca_object_representations_media_56_large7.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80911_ca_object_representations_media_348_large8.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7197_ca_object_representations_media_55_large8.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
+            <a:ext cx="2133600" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[La República (GD-O-0237)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Mesa, con pata quebrada, hoz y martillo fundidos en bronce, libro del Código Civil empastado, brazo retráctil que sostiene proyector de video, que proyecta un pequeño video sobre la tapa del libro, con una vista del mar de una playa del litoral central de Chile.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4800600" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[La Novia Muerta (GD-O-0232)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Fotografía en blanco y negro de una mujer con vestido blanco y sombrero de ala ancha, apoyada en la baranda de una embarcación, rodeada de agua. La imagen está enmarcada con passepartout y moldura lacada negra. Del borde lateral derecho sale un brazo flexible y delgado que sostiene un proyector portátil, el cual proyecta otra imagen en blanco y negro sobre el muro, justo sobre el borde superior derecho del marco. Al acercarse el cuadro emite sonido, pero no se ve la fuente que lo emite ni una conexión eléctrica.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
             <a:ext cx="4057650" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
@@ -509,363 +811,51 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Obra compuesta por una intervención del frontis del Museo Nacional de Bellas Artes con el título de la obra y de la exposición en tubos de vidrio con gas argón, instalada sobre el nombre del museo; y por una instalación en Sala Matta, cuyo perímetro está intervenida con tres corridas de alzaprimas metálicas que presentan cerca de su base, sobre la segunda corrida de andamio, un texto escrito en mayúsculas y fabricado con tubos de vidrio con gas argón.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...206 lines deleted...]
-
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...102 lines deleted...]
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -979,386 +969,84 @@
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Instalación que consta de serie de 14 marcos de madera lacada negra dispuestos en línea al muro de la sala. Dichos marcos se autoiluminan por lámparas de bronce y una luz tenue; en el campo del cuadro se ve una lija al agua negra y encima de ésta, serigrafiado en el vidrio, un texto en el que se lee:
 “EN ESTA CASA
 EL 12 DE ENERO DE 1989
 LE FUE REVELADO A GONZALO DÍAZ
 EL SECRETO DE LOS SUEÑOS”
 Esta frase parafrasea la famosa carta escrita por Freud a su amigo Fliess. Cada uno de los marcos tiene una repisa que nace de la misma moldura y que sostiene un vaso de vidrio con agua; los marcos están numerados del 1 al 14 con números romanos de bronce montados al muro, bajo éstos.
 Junto a esta serie de cuadros o “vía crucis” se ha construído una estructura de cuartones de pino que sostiene gran cantidad de piedras bolones de río rubricadas con números blancos. Un tubo de argón se ha instalado en un costado de la estructura.
 ]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2133600" cy="3200400"/>
-[...300 lines deleted...]
-            <a:off x="457200" y="1371600"/>
             <a:ext cx="4800600" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
@@ -1432,92 +1120,404 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Cuatro palabras tipografiadas en romanas mayúsculas de 17 cm de alto, según diseño del autor, en tubo de vidrio inyectado con gas argón, instaladas en el muro bajo un políptico fotográfico de cuatro paneles enmarcados con moldura lacada negra, que mantienen bajo vidrio ampliaciones en cybachrome de 205 cm de altura los registros fotográficos de una performance en la que el autor, sentado delante del pabellón patrio enteramente enrojecido, manipula litúrgicamente una hoz y un martillo dorados en un escenario neoclásico. Frente al cuarto panel se ubican tres objetos, un diccionario de la RAE, un yunque, un nivel y una plomada.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2286000" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Turungo. Diálogo & Archivo (GD-D-00312)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2143125" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Notas para Fotoperformance (GD-D-00084)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4267200" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Notas para Fotoperformance (GD-D-00083)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme39">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme83">
   <a:themeElements>
-    <a:clrScheme name="Theme39">
+    <a:clrScheme name="Theme83">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme39">
+    <a:fontScheme name="Theme83">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1543,51 +1543,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme39">
+    <a:fmtScheme name="Theme83">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>