--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -236,51 +236,51 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454849013" r:id="rId1"/>
+    <p:sldLayoutId id="2454894748" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
@@ -434,91 +434,91 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Tríptico de gran formato. En el primer panel aparecen tres filas, la primera con tres repeticiones de nudos, bajo ella una frase que dice: La Primera Comunión, la Sangre por las venas. Luego una segunda fila con tres repeticiones de nudos. Bajo esta fila la siguiente frase: Vida eterna en el power glide de mamá ese verano del 67. 
 La última fila comienza con la fecha 21-1-85 y sigue con tres repeticiones de una tuerca cuadrada con un tarugo adentro. El segundo panel tiene en el centro una figura de una ave similar a un tucán, con casco y cola de mono. La que esta coloreada con manchas de tonos rojo, calipso, amarillo y verde. El tercer panel tiene un auto apodado power glide, sobre él la imagen de un rostro femenino en felación de tono azul. En la parte superior la fecha de termino de la obra, el 26-1-85. ]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme56">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme4">
   <a:themeElements>
-    <a:clrScheme name="Theme56">
+    <a:clrScheme name="Theme4">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme56">
+    <a:fontScheme name="Theme4">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -544,51 +544,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme56">
+    <a:fmtScheme name="Theme4">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>