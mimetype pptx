--- v0 (2025-12-18)
+++ v1 (2025-12-18)
@@ -236,161 +236,288 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2455034969" r:id="rId1"/>
+    <p:sldLayoutId id="2455049545" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8152_ca_object_representations_media_671_large1.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
-[...2 lines deleted...]
-          <a:chExt cx="0" cy="0"/>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2590800" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Festín de Baltasar (GD-O-0154)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Instalación que ocupa toda la sala del segundo piso de la galería Posada del Corregidor, y cuya entrada está bloqueada por un vidrio y tres pumas de fierro fundido que se enfrentan al espectador. Una pasarela construida con tablas de madera atraviesa la sala en diagonal. Sobre ésta, un motor hace balancearse un zapato elegante de mujer sobre la madera, produciendo un taconeo. Este sonido, mediante un parlante, es replicado afuera de la sala, desde donde el espectador observa la obra. En uno de los muros de la sala, tres proyectoras de diapositivas suspendidas del techo proyectan una palabra de luz sobre una placa de mármol: “Tesel”, “Fares”, “Nomes” respectivamente, con un ligero chasquido y movimiento de la diapositiva. Un sistema especial de luces ilumina la pasarela de madera en todo su largo. (Descripción realizada por Camila Moya, ayudante de Gonzalo Díaz)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme56">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme17">
   <a:themeElements>
-    <a:clrScheme name="Theme56">
+    <a:clrScheme name="Theme17">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme56">
+    <a:fontScheme name="Theme17">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -416,51 +543,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme56">
+    <a:fmtScheme name="Theme17">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>