--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -239,208 +239,104 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454874652" r:id="rId1"/>
+    <p:sldLayoutId id="2454899980" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19161_ca_object_representations_media_223_large1.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32802_ca_object_representations_media_721_large1.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32802_ca_object_representations_media_721_large2.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19161_ca_object_representations_media_223_large2.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...102 lines deleted...]
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -547,92 +443,196 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Instalación formada por catorce estaciones de vía crucis, donde se disponen catorce trípodes, catorce pinturas de marina al óleo, catorce repisas, catorce túneles en yeso con pequeño barco de hojalata, treintaitrés números romanos en bronce, catorce palabras procesadas para diapositivas y proyectadas simultáneamente, mediante catorce máquinas proyectoras con dispositivo de oscilación, sobre el muro. ]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2276475" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Una imagen llamada palabra (GD-D-00284)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme53">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme100">
   <a:themeElements>
-    <a:clrScheme name="Theme53">
+    <a:clrScheme name="Theme100">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme53">
+    <a:fontScheme name="Theme100">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -658,51 +658,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme53">
+    <a:fmtScheme name="Theme100">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>