--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -239,51 +239,51 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454899980" r:id="rId1"/>
+    <p:sldLayoutId id="2455067083" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
@@ -548,91 +548,91 @@
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Una imagen llamada palabra (GD-D-00284)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme100">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme64">
   <a:themeElements>
-    <a:clrScheme name="Theme100">
+    <a:clrScheme name="Theme64">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme100">
+    <a:fontScheme name="Theme64">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -658,51 +658,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme100">
+    <a:fmtScheme name="Theme64">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>