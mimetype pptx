--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -341,91 +341,91 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454808854" r:id="rId1"/>
+    <p:sldLayoutId id="2454851240" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32863_ca_object_representations_media_1643_large1.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161_ca_object_representations_media_694_large1.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39319_ca_object_representations_media_1177_large8.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83801_ca_object_representations_media_1175_large9.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81049_ca_object_representations_media_1155_large10.jpg"/>
 </Relationships>
@@ -450,154 +450,154 @@
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9810_ca_object_representations_media_487_large13.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81398_ca_object_representations_media_321_large13.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69614_ca_object_representations_media_486_large14.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471_ca_object_representations_media_319_large14.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17624_ca_object_representations_media_590_large2.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49591_ca_object_representations_media_2145_large2.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31914_ca_object_representations_media_485_large15.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4724_ca_object_representations_media_318_large15.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90686_ca_object_representations_media_322_large16.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9810_ca_object_representations_media_487_large16.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15243_ca_object_representations_media_484_large17.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69614_ca_object_representations_media_486_large17.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42201_ca_object_representations_media_1153_large18.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31914_ca_object_representations_media_485_large18.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65531_ca_object_representations_media_1150_large19.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90686_ca_object_representations_media_322_large19.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81398_ca_object_representations_media_321_large20.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15243_ca_object_representations_media_484_large20.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2617_ca_object_representations_media_320_large21.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42201_ca_object_representations_media_1153_large21.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471_ca_object_representations_media_319_large22.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65531_ca_object_representations_media_1150_large22.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4724_ca_object_representations_media_318_large23.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2617_ca_object_representations_media_320_large23.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49591_ca_object_representations_media_2145_large3.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64771_ca_object_representations_media_2122_large3.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
 </Relationships>
 
 </file>
 
@@ -612,67 +612,67 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5932_ca_object_representations_media_317_large24.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87821_ca_object_representations_media_316_large25.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64771_ca_object_representations_media_2122_large4.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69052_ca_object_representations_media_326_large4.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161_ca_object_representations_media_694_large5.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32863_ca_object_representations_media_1643_large5.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69052_ca_object_representations_media_326_large6.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17624_ca_object_representations_media_590_large6.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19322_ca_object_representations_media_1149_large7.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
 </Relationships>
 
 </file>
@@ -689,51 +689,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="1943100" cy="3200400"/>
+            <a:ext cx="3952875" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -746,98 +746,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Título no identificado (GD-O-0247)]]></a:t>
+              <a:t><![CDATA[Tautologías (GD-O-0066)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Obra rectangular, orientación vertical. Composición en base a una figura de un cuerpo accidentado y su sombra en primer plano vertical. Predominio de tonos amarillo, blanco, negro y azul.]]></a:t>
+              <a:t><![CDATA[Tríptico de grandes dimensiones. De politela, serigrafía, esmalte sintético, vinil fosforescente diurno, látex, carbón, plumón plateado, lápiz pastel, timbres de goma, tubos de neón. El primer panel lleva una serigrafía repetida en seis columnas por cinco filas, una cabeza femenina mirando hacia el piso con la boca abierta por la introducción de un objeto largo. En el panel central hay 5 filas cada una formada por la repetición serigrafica de un objeto; completo, espárragos, cocodrilo y plátano. El último panel tiene impresa una cabeza masculina de perfil mirando hacia la esquina superior derecha con la boca abierta por la introducción de un objeto largo. Predominan los tonos fluorescentes en cada panel, serigrafía para aplicación de formas y colores. A mano alzada hay aplicación de color y texto manuscrito. ]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
@@ -1963,51 +1963,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="4686300" cy="3200400"/>
+            <a:ext cx="3114675" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -2020,145 +2020,145 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Título no identificado (GD-O-0020)]]></a:t>
+              <a:t><![CDATA[El Sueño del Uroboro (GD-O-0013)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Tríptico completo visualmente no identificado]]></a:t>
+              <a:t><![CDATA[Oleo con un ave aguileña en primer plano, tiene sus alas semi abiertas y lleva en sus garras una serpiente. El fondo es de tono amarillo, sobre el piso se proyecta una sombra del animal.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="4743450" cy="3200400"/>
+            <a:ext cx="2152650" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -2171,148 +2171,145 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[San Jorge y El Dragon (GD-O-0019)]]></a:t>
+              <a:t><![CDATA[Título no identificado (GD-O-0011)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Composición de tres cuadros.
-[...2 lines deleted...]
-Panel C: Composición que presenta en la esquina superior derecha una forma que va modificándose y que se agranda hacia el extremo inferior. ]]></a:t>
+              <a:t><![CDATA[Grabado vertical con tres caballos caídos, cada uno en tres niveles diferentes. Al pie del grabado, esta escrito con lápiz grafito: y te haré volver a esta tierra.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="4572000"/>
+          <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="4572000"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2838450" cy="3200400"/>
+            <a:ext cx="5743575" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -2325,98 +2322,145 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Título no identificado (GD-O-0246)]]></a:t>
+              <a:t><![CDATA[Título no identificado (GD-O-0244)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Díptico. Panel A: cuerpo yaciente sobre zona pintada en azul. Panel B: cuerpo yaciente sobre zona pintada en verde. Ambos paneles presentan una figura alargada en amarillo y verde en la parte superior de la cuadro.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="4572000"/>
+          <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="4572000"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="4743450" cy="3200400"/>
+            <a:ext cx="2600325" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -2429,98 +2473,145 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[San Jorge y El Dragon (GD-O-0018)]]></a:t>
+              <a:t><![CDATA[El Paraíso Perdido - Babel (GD-O-0010)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[En primer plano un animal cuadrúpedo ubicado en el borde inferior del cuadro, sobre su lomo y cabeza se extiende un campo de tres colores con forma ondulante. En diagonal un espacio entre dos cuerpos sólidos, que proyecta una sombra en el piso.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="4572000"/>
+          <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="4572000"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="3314700" cy="3200400"/>
+            <a:ext cx="4686300" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -2533,98 +2624,145 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Las Faenas de Babel (GD-O-0017)]]></a:t>
+              <a:t><![CDATA[Título no identificado (GD-O-0020)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Tríptico completo visualmente no identificado]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="4800600" cy="3200400"/>
+            <a:ext cx="4743450" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -2637,145 +2775,148 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Título no identificado (GD-O-0016)]]></a:t>
+              <a:t><![CDATA[San Jorge y El Dragon (GD-O-0019)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Óleo de un animal simio en primer plano y del que se proyecta su sombra. En el horizonte una península con una construcción.]]></a:t>
+              <a:t><![CDATA[Composición de tres cuadros.
+Panel A: Composición que presenta un árbol hacia el sector superior derecho del cuadro, en su sombra se ve la silueta de una persona que lleva una especie de espada. 
+Panel B: Composición que presenta en la esquina superior derecha una forma que va modificándose. 
+Panel C: Composición que presenta en la esquina superior derecha una forma que va modificándose y que se agranda hacia el extremo inferior. ]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="4781550" cy="3200400"/>
+            <a:ext cx="4743450" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -2788,98 +2929,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Título no identificado (GD-O-0015)]]></a:t>
+              <a:t><![CDATA[San Jorge y El Dragon (GD-O-0018)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="4781550" cy="3200400"/>
+            <a:ext cx="3314700" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -2892,98 +3033,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Título no identificado (GD-O-0014)]]></a:t>
+              <a:t><![CDATA[Las Faenas de Babel (GD-O-0017)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="3114675" cy="3200400"/>
+            <a:ext cx="4800600" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -2996,145 +3137,145 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[El Sueño del Uroboro (GD-O-0013)]]></a:t>
+              <a:t><![CDATA[Título no identificado (GD-O-0016)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Oleo con un ave aguileña en primer plano, tiene sus alas semi abiertas y lleva en sus garras una serpiente. El fondo es de tono amarillo, sobre el piso se proyecta una sombra del animal.]]></a:t>
+              <a:t><![CDATA[Óleo de un animal simio en primer plano y del que se proyecta su sombra. En el horizonte una península con una construcción.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="5943600"/>
+          <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="5943600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="3333750" cy="3200400"/>
+            <a:ext cx="4781550" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -3147,145 +3288,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Cancerbero (GD-O-0012)]]></a:t>
-[...46 lines deleted...]
-              <a:t><![CDATA[Oleo que tiene en primer plano un animal cuadrúpedo con una cola que se le ve entre las piernas y una lengua bífida. En el fondo y marcando un horizonte en la parte superior del cuadro, se ve lejos una silueta de construcciones. El animal ha sido coloreado con una aguada y da una sombra hacia el piso que es de tono calipso. El cielo es blanco. ]]></a:t>
+              <a:t><![CDATA[Título no identificado (GD-O-0015)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="5943600"/>
+          <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="5943600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2152650" cy="3200400"/>
+            <a:ext cx="4781550" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -3298,145 +3392,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Título no identificado (GD-O-0011)]]></a:t>
-[...46 lines deleted...]
-              <a:t><![CDATA[Grabado vertical con tres caballos caídos, cada uno en tres niveles diferentes. Al pie del grabado, esta escrito con lápiz grafito: y te haré volver a esta tierra.]]></a:t>
+              <a:t><![CDATA[Título no identificado (GD-O-0014)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2600325" cy="3200400"/>
+            <a:ext cx="3333750" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -3449,98 +3496,98 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[El Paraíso Perdido - Babel (GD-O-0010)]]></a:t>
+              <a:t><![CDATA[Cancerbero (GD-O-0012)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[En primer plano un animal cuadrúpedo ubicado en el borde inferior del cuadro, sobre su lomo y cabeza se extiende un campo de tres colores con forma ondulante. En diagonal un espacio entre dos cuerpos sólidos, que proyecta una sombra en el piso.]]></a:t>
+              <a:t><![CDATA[Oleo que tiene en primer plano un animal cuadrúpedo con una cola que se le ve entre las piernas y una lengua bífida. En el fondo y marcando un horizonte en la parte superior del cuadro, se ve lejos una silueta de construcciones. El animal ha sido coloreado con una aguada y da una sombra hacia el piso que es de tono calipso. El cielo es blanco. ]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
@@ -3662,51 +3709,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="5743575" cy="3200400"/>
+            <a:ext cx="2266950" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -3719,98 +3766,100 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Título no identificado (GD-O-0244)]]></a:t>
+              <a:t><![CDATA[Tautologías (GD-O-0243)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Díptico. Panel A: cuerpo yaciente sobre zona pintada en azul. Panel B: cuerpo yaciente sobre zona pintada en verde. Ambos paneles presentan una figura alargada en amarillo y verde en la parte superior de la cuadro.]]></a:t>
+              <a:t><![CDATA[Tríptico. panel A (no está identificado ni fotografiado). Panel B (central) Composición donde aparece una vaca. Sobre su lomo aparece la palabra Tautologías. Sobre  el anca aparecen escritas tres de las jerarquías celestiales. En el cuadrante superior se observa a la izquierda un diagrama con el teorema de pitágoras complementado con los colores primarios. Al lado derecho aparece la figura de una vaca sobre pasto verde. Presenta flechas que relacionan partes del animal con palabras que en la fotografía son ilegibles.  En el borde superior se despliega una huincha de medir sobre la cual, en el lado derecho se observa adherido un papel diamante. En la esquina superior derecha aparece la palabra Tres.
+Panel C (derecho) Composición donde aparece una vaca. Sobre su lomo aparece la palabra Tautologías. Sobre  el anca se despliegan escritas tres de las jerarquías celestiales. En el cuadrante superior se observa a la izquierda un diagrama con el teorema de pitágoras complementado con los colores primarios en una posición espejada respecto al que se presenta en el panel B. Al lado derecho aparece la figura de una vaca sobre pasto verde. Presenta flechas que relacionan partes del animal con palabras que en la fotografía son ilegibles. En el borde superior se despliega una huincha de medir sobre la cual, en el lado derecho se observa adherido un papel diamante. En la esquina superior derecha aparece la palabra Cuatro.
+ ]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
@@ -4710,51 +4759,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2266950" cy="3200400"/>
+            <a:ext cx="2228850" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -4767,147 +4816,153 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Tautologías (GD-O-0243)]]></a:t>
+              <a:t><![CDATA[Curso de Lingüística General (GD-O-0032)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Tríptico. panel A (no está identificado ni fotografiado). Panel B (central) Composición donde aparece una vaca. Sobre su lomo aparece la palabra Tautologías. Sobre  el anca aparecen escritas tres de las jerarquías celestiales. En el cuadrante superior se observa a la izquierda un diagrama con el teorema de pitágoras complementado con los colores primarios. Al lado derecho aparece la figura de una vaca sobre pasto verde. Presenta flechas que relacionan partes del animal con palabras que en la fotografía son ilegibles.  En el borde superior se despliega una huincha de medir sobre la cual, en el lado derecho se observa adherido un papel diamante. En la esquina superior derecha aparece la palabra Tres.
-[...1 lines deleted...]
- ]]></a:t>
+              <a:t><![CDATA[a. Ángeles: obra no identificada
+b. Arcángeles: obra no identificada
+c. Principados: obra no identificada
+d. Potestades: obra no identificada
+e. Las Virtudes: composición vertical de figuras de vacas en el centro letras y números agrupados en dos cuadrados. En la parte inferior un texto en letra manuscrita sobre lineas horizontales. Predominan los tonos amarillo, cian, rojo y negro.
+f. Dominaciones: obra no identificada
+g. Los Tronos: composición vertical de figuras de vacas en el centro letras y números agrupados en dos cuadrados. En la parte inferior un texto en letra manuscrita sobre lineas horizontales. Predominan los tonos verde, rosa, crudo y anaranjado.
+h. Los Querubines: composición vertical de figuras de vacas en el centro letras y números agrupados en dos cuadrados. En la parte inferior un texto en letra manuscrita sobre lineas horizontales. Predominan los tonos claro pastel y negro.
+i. Los Serafines: composición vertical de figuras de vacas en el centro letras y números agrupados en dos cuadrados. En la parte inferior un texto en letra manuscrita sobre lineas horizontales. Predominan los tonos anaranjados, rojos, cian y verde.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="3952875" cy="3200400"/>
+            <a:ext cx="1943100" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -4920,145 +4975,145 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Tautologías (GD-O-0066)]]></a:t>
+              <a:t><![CDATA[Título no identificado (GD-O-0247)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943600" y="1371600"/>
             <a:ext cx="2743200" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Tríptico de grandes dimensiones. De politela, serigrafía, esmalte sintético, vinil fosforescente diurno, látex, carbón, plumón plateado, lápiz pastel, timbres de goma, tubos de neón. El primer panel lleva una serigrafía repetida en seis columnas por cinco filas, una cabeza femenina mirando hacia el piso con la boca abierta por la introducción de un objeto largo. En el panel central hay 5 filas cada una formada por la repetición serigrafica de un objeto; completo, espárragos, cocodrilo y plátano. El último panel tiene impresa una cabeza masculina de perfil mirando hacia la esquina superior derecha con la boca abierta por la introducción de un objeto largo. Predominan los tonos fluorescentes en cada panel, serigrafía para aplicación de formas y colores. A mano alzada hay aplicación de color y texto manuscrito. ]]></a:t>
+              <a:t><![CDATA[Obra rectangular, orientación vertical. Composición en base a una figura de un cuerpo accidentado y su sombra en primer plano vertical. Predominio de tonos amarillo, blanco, negro y azul.]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
-          <a:ext cx="9144000" cy="5943600"/>
+          <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
-          <a:chExt cx="9144000" cy="5943600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2228850" cy="3200400"/>
+            <a:ext cx="2838450" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -5071,106 +5126,51 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Curso de Lingüística General (GD-O-0032)]]></a:t>
-[...54 lines deleted...]
-i. Los Serafines: composición vertical de figuras de vacas en el centro letras y números agrupados en dos cuadrados. En la parte inferior un texto en letra manuscrita sobre lineas horizontales. Predominan los tonos anaranjados, rojos, cian y verde.]]></a:t>
+              <a:t><![CDATA[Título no identificado (GD-O-0246)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
@@ -5531,91 +5531,91 @@
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Obra no identificada]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme24">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme37">
   <a:themeElements>
-    <a:clrScheme name="Theme24">
+    <a:clrScheme name="Theme37">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme24">
+    <a:fontScheme name="Theme37">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -5641,51 +5641,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme24">
+    <a:fmtScheme name="Theme37">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>