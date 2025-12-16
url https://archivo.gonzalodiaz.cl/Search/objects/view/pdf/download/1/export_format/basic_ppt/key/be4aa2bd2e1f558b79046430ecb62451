--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -245,154 +245,154 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454852230" r:id="rId1"/>
+    <p:sldLayoutId id="2454895008" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90001_ca_object_representations_media_107_large1.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16319_ca_object_representations_media_2172_large1.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92949_ca_object_representations_media_2192_large2.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80026_ca_object_representations_media_610_large2.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80026_ca_object_representations_media_610_large3.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92949_ca_object_representations_media_2192_large3.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16319_ca_object_representations_media_2172_large4.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90001_ca_object_representations_media_107_large4.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2305050" cy="3200400"/>
+            <a:ext cx="2705100" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -405,168 +405,64 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[Revista Iberoamericana Vol. LXIX Nº202 (GD-D-00206)]]></a:t>
+              <a:t><![CDATA[5 Versiones del Sur/ Eztetyka del sueño (GD-D-00205)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...102 lines deleted...]
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="5943600"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -680,85 +576,85 @@
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t><![CDATA[Instalación que consta de serie de 14 marcos de madera lacada negra dispuestos en línea al muro de la sala. Dichos marcos se autoiluminan por lámparas de bronce y una luz tenue; en el campo del cuadro se ve una lija al agua negra y encima de ésta, serigrafiado en el vidrio, un texto en el que se lee:
 “EN ESTA CASA
 EL 12 DE ENERO DE 1989
 LE FUE REVELADO A GONZALO DÍAZ
 EL SECRETO DE LOS SUEÑOS”
 Esta frase parafrasea la famosa carta escrita por Freud a su amigo Fliess. Cada uno de los marcos tiene una repisa que nace de la misma moldura y que sostiene un vaso de vidrio con agua; los marcos están numerados del 1 al 14 con números romanos de bronce montados al muro, bajo éstos.
 Junto a esta serie de cuadros o “vía crucis” se ha construído una estructura de cuartones de pino que sostiene gran cantidad de piedras bolones de río rubricadas con números blancos. Un tubo de argón se ha instalado en un costado de la estructura.
 ]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="228600"/>
           <a:ext cx="9144000" cy="4572000"/>
           <a:chOff x="0" y="228600"/>
           <a:chExt cx="9144000" cy="4572000"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr="Image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1371600"/>
-            <a:ext cx="2705100" cy="3200400"/>
+            <a:ext cx="2638425" cy="3200400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name=""/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="228600"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
@@ -771,105 +667,209 @@
           <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t><![CDATA[5 Versiones del Sur/ Eztetyka del sueño (GD-D-00205)]]></a:t>
+              <a:t><![CDATA[Lápiz Nº 169/170 (GD-D-00207)]]></a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2305050" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Revista Iberoamericana Vol. LXIX Nº202 (GD-D-00206)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme35">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme97">
   <a:themeElements>
-    <a:clrScheme name="Theme35">
+    <a:clrScheme name="Theme97">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme35">
+    <a:fontScheme name="Theme97">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -895,51 +895,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme35">
+    <a:fmtScheme name="Theme97">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>