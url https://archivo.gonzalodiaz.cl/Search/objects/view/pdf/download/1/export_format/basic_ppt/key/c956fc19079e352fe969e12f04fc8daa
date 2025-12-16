--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -1,67 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId3"/>
+    <p:sldId id="257" r:id="rId4"/>
+    <p:sldId id="258" r:id="rId5"/>
+    <p:sldId id="259" r:id="rId6"/>
+    <p:sldId id="260" r:id="rId7"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="fr-FR"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" defTabSz="914400" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="0" rtl="0">
       <a:defRPr kern="1200" sz="1800">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr algn="l" defTabSz="914400" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="457200" rtl="0">
       <a:defRPr kern="1200" sz="1800">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -160,53 +168,57 @@
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showComments="0" lastView="sldView">
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx d="100" n="100"/>
           <a:sy d="100" n="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/>
-  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
-[...1 lines deleted...]
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/>
+  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/>
+  <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/>
+  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -236,161 +248,736 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454890944" r:id="rId1"/>
+    <p:sldLayoutId id="2454934096" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34597_ca_object_representations_media_616_large1.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28251_ca_object_representations_media_1905_large2.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16528_ca_object_representations_media_265_large3.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13680_ca_object_representations_media_67_large4.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96408_ca_object_representations_media_190_large5.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
-[...2 lines deleted...]
-          <a:chExt cx="0" cy="0"/>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2628900" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[La Declinación de los Planos (GD-O-0115)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Tres frases tipografiadas en Arial bold rectas, sobreimpresas cada una, en uno de los paneles de un tríptico en los que figuran, sucesivamente, tres retratos fotográficos tramados de las cabezas de Sor Teresa de Los Andes, de Diamela Eltit y de Zulema Morandé, tríptico que se ubica en el respaldo escénico de una instalación conformada por un mesón de obra en el que se fabrica, mediante la acción de un carro emplantillado, una moldura de edificio neoclásico. GD.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="1733550" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Invitación La declinación de los planos (GD-D-00442)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2152650" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Revista de Crítica Cultural Nº 4 (GD-D-00109)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2314575" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[La Declinación de los Planos (GD-D-00108)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="1657350" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[La Declinación de los Planos. Instalación. En ocasión del Seminario Chileno-Argentino La encrucijada Modernidad Posmodernidad en América Latina (GD-D-00106)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme45">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme63">
   <a:themeElements>
-    <a:clrScheme name="Theme45">
+    <a:clrScheme name="Theme63">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme45">
+    <a:fontScheme name="Theme63">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -416,51 +1003,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme45">
+    <a:fmtScheme name="Theme63">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -591,51 +1178,51 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect b="50000" l="50000" r="50000" t="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Office PowerPoint</Application>
-  <Slides>1</Slides>
+  <Slides>5</Slides>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>