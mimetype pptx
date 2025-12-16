--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -1,67 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId3"/>
+    <p:sldId id="257" r:id="rId4"/>
+    <p:sldId id="258" r:id="rId5"/>
+    <p:sldId id="259" r:id="rId6"/>
+    <p:sldId id="260" r:id="rId7"/>
+    <p:sldId id="261" r:id="rId8"/>
+    <p:sldId id="262" r:id="rId9"/>
+    <p:sldId id="263" r:id="rId10"/>
+    <p:sldId id="264" r:id="rId11"/>
+    <p:sldId id="265" r:id="rId12"/>
+    <p:sldId id="266" r:id="rId13"/>
+    <p:sldId id="267" r:id="rId14"/>
+    <p:sldId id="268" r:id="rId15"/>
+    <p:sldId id="269" r:id="rId16"/>
+    <p:sldId id="270" r:id="rId17"/>
+    <p:sldId id="271" r:id="rId18"/>
+    <p:sldId id="272" r:id="rId19"/>
+    <p:sldId id="273" r:id="rId20"/>
+    <p:sldId id="274" r:id="rId21"/>
+    <p:sldId id="275" r:id="rId22"/>
+    <p:sldId id="276" r:id="rId23"/>
+    <p:sldId id="277" r:id="rId24"/>
+    <p:sldId id="278" r:id="rId25"/>
+    <p:sldId id="279" r:id="rId26"/>
+    <p:sldId id="280" r:id="rId27"/>
+    <p:sldId id="281" r:id="rId28"/>
+    <p:sldId id="282" r:id="rId29"/>
+    <p:sldId id="283" r:id="rId30"/>
+    <p:sldId id="284" r:id="rId31"/>
+    <p:sldId id="285" r:id="rId32"/>
+    <p:sldId id="286" r:id="rId33"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="fr-FR"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" defTabSz="914400" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="0" rtl="0">
       <a:defRPr kern="1200" sz="1800">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr algn="l" defTabSz="914400" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="457200" rtl="0">
       <a:defRPr kern="1200" sz="1800">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -160,53 +220,83 @@
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showComments="0" lastView="sldView">
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx d="100" n="100"/>
           <a:sy d="100" n="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/>
-  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
-[...1 lines deleted...]
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/>
+  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/>
+  <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/>
+  <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/>
+  <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/>
+  <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/>
+  <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/>
+  <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/>
+  <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/>
+  <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/>
+  <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/>
+  <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/>
+  <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/>
+  <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/>
+  <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/>
+  <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/>
+  <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/>
+  <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/>
+  <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/>
+  <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/>
+  <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/>
+  <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/>
+  <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/>
+  <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/>
+  <Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/>
+  <Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/>
+  <Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/>
+  <Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
+  <Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/>
+  <Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -236,161 +326,4485 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454858836" r:id="rId1"/>
+    <p:sldLayoutId id="2454894756" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89946_ca_object_representations_media_864_large1.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5771_ca_object_representations_media_369_large9.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2443_ca_object_representations_media_2216_large10.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1640_ca_object_representations_media_2224_large11.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82844_ca_object_representations_media_2223_large12.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92460_ca_object_representations_media_2222_large13.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18713_ca_object_representations_media_364_large14.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4930_ca_object_representations_media_363_large15.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67026_ca_object_representations_media_2221_large16.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79720_ca_object_representations_media_361_large17.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83641_ca_object_representations_media_2220_large18.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8152_ca_object_representations_media_671_large2.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75246_ca_object_representations_media_2219_large19.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16909_ca_object_representations_media_2218_large20.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25049_ca_object_representations_media_2217_large21.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75076_ca_object_representations_media_2215_large22.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41188_ca_object_representations_media_2214_large23.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26267_ca_object_representations_media_2213_large24.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45390_ca_object_representations_media_353_large25.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2504_ca_object_representations_media_2211_large26.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80026_ca_object_representations_media_610_large27.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26068_ca_object_representations_media_797_large28.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44633_ca_object_representations_media_664_large3.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54948_ca_object_representations_media_1210_large29.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9794_ca_object_representations_media_601_large30.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64385_ca_object_representations_media_661_large4.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55142_ca_object_representations_media_718_large5.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8249_ca_object_representations_media_638_large6.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53367_ca_object_representations_media_837_large7.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49596_ca_object_representations_media_2225_large8.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
-[...2 lines deleted...]
-          <a:chExt cx="0" cy="0"/>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4781550" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Rúbrica (GD-O-0158)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Site Specific que interviene el interior de la sala de exposiciones con iluminación roja y 14 textos en neón, escritos en Arial mayúsculas, emplazadas a cinco metros de altura en el muro poniente del espacio rectangular de exhibición, en los catorce espacios que separan las trece cerchas de madera que soportan el tejado de dos aguas de la sala de exhibición.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4191000" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile, Juan Valencia  (GD-O-0110)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile (GD-O-0109)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Paisaje de Chile (GD-O-0108)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Paisaje de Chile (GD-O-0107)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Cielo de Chile (GD-O-0106)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3990975" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile, Marcelino Lamas (GD-O-0105)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4181475" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile, Luis Lizardi (GD-O-0104)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile (GD-O-0103)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4162425" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile, Marcelino Lamas (GD-O-0102)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile, Marcelino Lamas (GD-O-0101)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2590800" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Festín de Baltasar (GD-O-0154)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Instalación que ocupa toda la sala del segundo piso de la galería Posada del Corregidor, y cuya entrada está bloqueada por un vidrio y tres pumas de fierro fundido que se enfrentan al espectador. Una pasarela construida con tablas de madera atraviesa la sala en diagonal. Sobre ésta, un motor hace balancearse un zapato elegante de mujer sobre la madera, produciendo un taconeo. Este sonido, mediante un parlante, es replicado afuera de la sala, desde donde el espectador observa la obra. En uno de los muros de la sala, tres proyectoras de diapositivas suspendidas del techo proyectan una palabra de luz sobre una placa de mármol: “Tesel”, “Fares”, “Nomes” respectivamente, con un ligero chasquido y movimiento de la diapositiva. Un sistema especial de luces ilumina la pasarela de madera en todo su largo. (Descripción realizada por Camila Moya, ayudante de Gonzalo Díaz)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile, Freddy Taberna (GD-O-0100)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra gráfica realizada sobre fragmento de tela preparada. En el borde lateral izquierdo se despliega un fragmento de pantone, seguido hacia la derecha por tres manchas de pintura negra. Parte de estas manchas se superponen sobre una fotografía a color de una escena urbana. Sobre esta se observa una mancha de pintura de color celeste.
+En la mitad inferior del soporte, se observa un dibujo ingenuo realizado con lápices de colores y pastel. Presenta en el borde inferior derecho un rostro masculino realizado con lápiz gráfico, bajo el cual se lee el nombre Freddy Taberna, escrito con el mismo lápiz, en letra imprenta.
+Al centro de la obra se posiciona el esquema de una casa realizado con pintura roja.
+En el borde inferior izquierdo se observa el timbre del artista, el título de la obra, la fecha y la firma, escrito en grafito.
+]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Cielo de Chile (GD-O-0099)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra gráfica realizada sobre un fragmento de tela tratada. En la parte superior se observa una vaca con manchas blancas y negras sobre fondo rojo de formato rectangular. Bajo esta se despliega el teorema de pitágoras dibujado en grafito. En cada cateto y en la hipotenusa aparecen escritas las jerarquías celestiales agrupadas de tres en tres, las que se conectan por medio de una línea ondulante con la figura de la vaca. En el borde lateral derecho se despliega un fragmento de un metro o huincha de medir de color azul. Bajo esta, en el sentido horizontal del soporte se lee el título de la obra, la fecha de creación y la firma del artista. En la esquina inferior derecha se observa un timbre con una estrella en un tono muy claro.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile, Mario Morris (GD-O-0098)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra gráfica realizada sobre retazo de tela preparada. En el borde lateral izquierdo presenta tres manchas de pintura negra. Bajo estas y hacia el centro del soporte, se observa un dibujo ingenuo realizado con lápices de colores. Hacia abajo se observa un rostro masculino realizado en lápiz grafito que presenta un nombre escrito en grafito con letra imprenta. En el sector derecho se identifica una fotografía a color de un paisaje. En el borde derecho se despliega un fragmento de pantone. Al centro de la obra se posiciona el esquema de una casa realizado con pintura negra. En su borde inferior derecho se observa un timbre del artista y la identificación de la obra y la fecha, escrito en grafito.
+]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Cielo de Chile  (GD-O-0097)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra gráfica realizada sobre un fragmento de tela tratada. En su parte superior se observa una vaca negra sobre fondo rojo. Bajo esta se despliega el teorema de pitágoras dibujado en grafito. En cada cateto y en la hipotenusa aparecen escritas las jerarquías celestiales agrupadas de tres en tres, las que se conectan por medio de una línea ondulante con la figura de la vaca. En el borde lateral derecho se despliega un fragmento de un metro o huincha de medir de color azul. Bajo esta, en el sentido horizontal del soporte se lee el título de la obra, la fecha de creación y la firma del artista. En la esquina inferior derecha se observa un timbre con una estrella en un tono muy claro.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile, Humberto Lizardi (GD-O-0096)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra gráfica realizada sobre fragmento de tal preparada. Presenta en el sector izquierdo del soporte un fragmento de pantone. Hacia la derecha, en el centro superior, se observa una imagen a color de un paisaje y sobre este una mancha de color celeste. Entre el pantón y la imagen se despliegan verticalmente tres manchas de color negro. En el sector inferior derecho  se identifica un dibujo ingenuo realizado con lápices de colores y pastel, al lado derecho de este se observa un rostro masculino realizado con lápiz gráfico , bajo el cual se lee el nombre Humberto Lizardi, escrito con el mismo lápiz, en letra imprenta. Al centro del sector derecho de la obra se posiciona el esquema de una casa realizado con pintura roja, la cual se superpone a la fotografía y a los dibujos. En la esquina inferior izquierda se observa el timbre del artista y la identificación de la obra y la fecha escritos en grafito.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile, Juan Ruz (GD-O-0095)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra gráfica realizada sobre fragmento de tela preparada. Presenta en el sector izquierdo del soporte un fragmento de pantone. Hacia la derecha, en el centro superior, se observa una imagen a color de un paisaje. En el borde lateral derecho  se identifica un dibujo ingenuo realizado con lápices de colores y pastel, bajo este un rostro masculino realizado con lápiz gráfico dispuesto horizontalmente, bajo el cual se lee el nombre Juan Ruz, escrito con el mismo lápiz, en letra imprenta. Al centro de la obra se posiciona el esquema de una casa realizado con pintura roja, la cual se superpone a la fotografía y a los dibujos. En su borde inferior central se identifican tres manchas de color negro dispuestas verticalmente. En la esquina inferior derecha se observa el timbre del artista y la identificación de la obra y la fecha escritos en grafito.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4181475" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Cielo de Chile (GD-O-0094)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra gráfica realizada sobre retazo de tela preparada. En el borde izquierdo se identifica una zona de color negra, con zonas marcadas con números romanos los cuales se unen a tres filas de imágenes, donde las dos primeras están formadas por tres calaveras cada una y una tercera fila inferior compuesta por tres imágenes no identificadas del mismo color que las superiores. Bajo cada una de estas imágenes (en total sn 9) se leen nueve jerarquías celestiales, escritas con grafito. Sobre las calaveras superiores se distingue una línea segmentada curva realizada en color azul. En el borde inferior izquierdo se identifica un timbre y el título de la obra, la fecha y firma del artista.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile, Juan Valencia (GD-O-0093)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra gráfica que presenta en el sector izquierdo del soporte un rostro masculino realizado con lápiz gráfico, bajo el cual se lee el nombre Juan Valencia, escrito con el mismo lápiz, en letra imprenta. Hacia la derecha, en el centro superior, se observa un dibujo ingenuo realizado con lápices de colores y pastel. Abajo, hacia la derecha se identifica un recorte de diario con una imagen en blanco y negro. En el borde derecho se despliega un fragmento de pantone. Al centro de la obra se posiciona el esquema de una casa realizado con pintura negra. En su borde inferior derecho se identifican tres manchas de color negro. Bajo la última de estas, se observa un timbre del artista y la identificación de la obra y la fecha, escrito en grafito.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4876800" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Lonquén (GD-O-0089)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Instalación que consta de serie de 14 marcos de madera lacada negra dispuestos en línea al muro de la sala. Dichos marcos se autoiluminan por lámparas de bronce y una luz tenue; en el campo del cuadro se ve una lija al agua negra y encima de ésta, serigrafiado en el vidrio, un texto en el que se lee:
+“EN ESTA CASA
+EL 12 DE ENERO DE 1989
+LE FUE REVELADO A GONZALO DÍAZ
+EL SECRETO DE LOS SUEÑOS”
+Esta frase parafrasea la famosa carta escrita por Freud a su amigo Fliess. Cada uno de los marcos tiene una repisa que nace de la misma moldura y que sostiene un vaso de vidrio con agua; los marcos están numerados del 1 al 14 con números romanos de bronce montados al muro, bajo éstos.
+Junto a esta serie de cuadros o “vía crucis” se ha construído una estructura de cuartones de pino que sostiene gran cantidad de piedras bolones de río rubricadas con números blancos. Un tubo de argón se ha instalado en un costado de la estructura.
+]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2047875" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Banco/Marco de Pruebas (GD-O-0086)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Esta obra, en su emplazamiento original, consta de dos espacios: en uno de ellos está la instalación y en el otro, una serie de trípticos que van al muro.
+La instalación, por su parte, consta de una mesa maciza de palo, del tipo de las usadas en las obras de construcción, sobre la cual hay una “caja-plantilla” para hacer balaustres neoclásicos, a la usanza de los maestros albañiles; dentro de esta caja hay un balaustre de cemento a medio hacer, atravesado oblicuamente por un tubo de argón azul. Arriba, sobre la mesa, descansa un trapo en una estructura de palos de coligüe que hace las veces de un baldaquín para esta escena. Los coligües, para mantenerse verticales, están embutidos en sacos de cemento endurecido de una típica marca chilena; Polpaico. A uno de los lados de la mesa, en el suelo, hay una “cama” de arena que emula las usadas para la fabricación de los balaustres en su estadio inicial: tres balaustres de cemento se ven aquí. Al otro lado de la mesa se ve una batea de acero llena de agua y con varios balaustres, nueve,  en su etapa final de fabricación, dispuestos transversalmente en la batea, unos más sumergidos que otros.
+Estas tres unidades de la instalación están dispuestas a lo largo, en diagonal dentro de la sala, y su emplazamiento está delimitado en el suelo con una huincha topometrica.
+Detrás del conjunto, contra el muro, hay un díptico realizado mediante distintos materiales y técnicas, al igual que los trípticos de la sala a describir a continuación, y enmarcados con moldura lacada negra. En ellos aparecen la figura de Zulema Morandé, con la cordillera de los Andes, y de Santa Teresa, con una imagen del desierto de Atacama; ambos paneles cruzados por una huincha topométrica amarilla que indica sus respectivos horizontes comunes.
+En el otro espacio, externo a la instalación, hay montados al muro 3 trípticos, cada uno conformado por 3 paneles horizontales que hacen alusión a tres figuras femeninas de la historia chilena con sus respectivos caracteres cambiados entre sí: Diamela (Eltit), la degollada; Zulema (Morandé), la santa; Santa Teresa, la escritora. Estos paneles están construidos en varias capas opacas y traslúcidas que se cubren unas a otras; micas de colores, películas de fotomecánica, esmalte sobre vidrio, papel de paquete de fósforos Los Andes, muestras de color de marcas de pintura, etc.  Cada uno de estos paneles está enmarcado con moldura lacada negra y el marco está provisto de una repisita abajo a su izquierda, donde hay una figura de madera de un caballo descabezado, igualmente negro.
+]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4933950" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra de Arte (GD-O-0151)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Intervención del frontis de la Casa Central de la Universidad de Chile, mediante un texto escrito sobre la balaustrada superior, oriente y poniente, en tubos de vidrio inyectado con gas argón.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9629775" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9629775" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="9172575" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Marcación del Territorio (GD-O-0085)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Dos trípticos de 300 por 460 cm cada uno, pintados al óleo sobre tela e intervenidos con textos y marcas en látex. En ambos trípticos aparecen yuxtapuestas imágenes del paisaje chileno y de la iconografía popular de la época, como la figura masculina y femenina. Ambas figuras sobresalen del bastidor de la tela, de manera que sus contornos quedan fuera del rectángulo de la pintura. Así, la imagen pintada al óleo de la cordillera de los Andes aparece junto a la figura del mozo de la marca de vinos Santa Carolina y la frase MADRE, ESTO NO ES EL PARAÍSO. 
+A su vez, la imagen del mar de las costas chilenas aparece junto a la mujer del Klenzo y el texto HAY AQUÍ UN CUERPO QUE SUCUMBE. En ambos dípticos se han pintado también líneas que indican el punto de fuga, la línea de horizonte y cruces, figuras parecidas a huellas de pata de vaca, la recurrente cabeza vendada invertida y el nudo. ]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4933950" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[HIPO TESIS de la serie Marcación del Territorio (GD-O-0083)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Políptico de cuatro paneles, dos paneles en formato vertical con dos paneles de menor tamaño, que encajan al centro de los bordes exteriores. Los paneles horizontales pequeños presentan un patrón de colores relacionado a los colores presentes en la Klenzo (panel izquierdo) y del mozo de Santa Carolina (panel derecho).
+Los paneles centrales verticales presentan a la izquierda un paisaje marino en blanco y negro y la palabra HIPO, y el de la derecha, presenta un paisaje de desierto en color, en la esquina superior derecha la palabra TESIS, ambas partes escritas con neon azul. En el borde inferior del panel izquierdo Díaz escribe la cédula de la obra; Marcación del territorio, ... 1987, Santiago de Chile. 
+En el borde vertical inferior hay un pantone de colores con inscripciones.
+En los paneles horizontales pequeños realiza el ejercicio de écfrasis, en cada uno describe la imagen de la mujer de klenzo y el mozo de Santa Carolina utilizando una teñidura con óleo como base, amarilla para la klenzo, gris para el mozo.
+]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2600325" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Resistencia (GD-O-0150)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Placa de cerámica refractaria, con una palabra en bajo relieve, donde cada letra presenta una resistencia eléctrica en su interior. Está conectada al flujo eléctrico mediante un contactor magnético que desconecta el suministro eléctrico cada vez que la resistencia logra el estado máximo de incandescencia, conectándolo nuevamente, una vez que esta se enfría. ]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4057650" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Unidos en la Gloria y en la Muerte (GD-O-0140)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Obra compuesta por una intervención del frontis del Museo Nacional de Bellas Artes con el título de la obra y de la exposición en tubos de vidrio con gas argón, instalada sobre el nombre del museo; y por una instalación en Sala Matta, cuyo perímetro está intervenida con tres corridas de alzaprimas metálicas que presentan cerca de su base, sobre la segunda corrida de andamio, un texto escrito en mayúsculas y fabricado con tubos de vidrio con gas argón.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4933950" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Estado de Derecho (Caracas) (GD-O-0135)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Composición formada por tres hileras horizontales de moldura y tres filas verticales de nueve ornamentos, que presentan a su vez, en los espacios libres entre elementos, nueve artículos del código civil en autoadhesivo negro sobre el muro de color rojo.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="4762500" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Jardín del Artista (GD-O-0123)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Instalación al interior del edificio del museo e intervención de su fachada con los siete pecados capitales, cada uno de ellos se instala en letras de neón bajo las esculturas del balcón, la palabra lujuria queda sin cuerpo, ya que son solo seis las figuras abalconadas. 
+Al interior del museo, en el hall, una proyectora de diapositivas proyecta al muro imágenes del parque que circunda el Museo y que antaño fuera parte de quinta de la que este palacio formara parte – predio conocido al día de hoy con el nombre de “El Jardín de los Artistas”.
+A continuación del hall se ha instalado, en la caja de escalera que conduce al segundo piso, una serie de 14 cuadros o “vía crucis”: 14 marcos lacados negros autoiluminados por una lámpara y que muestran una reproducción fotográfica del desierto de Atacama de Chile, la misma imagen en cada uno de ellos, y un texto letánico impreso en el reverso del vidrio: Loca de ti, toda Lujuria es la Pereza de mi vida. Loca de ti, toda Pereza es la Gula de mi vida. Loca de ti, toda Gula es la Soberbia de mi vida. Loca de ti, toda Soberbia es la Avaricia de mi vida. Loca de ti, toda Avaricia es la Ira de mi vida. Loca de ti, toda Ira es la Envidia de mi vida. Loca de ti, toda Envidia es la Soberbia de mi vida. Loca de ti, toda Soberbia es la Lujuria de mi vida. Loca de ti, toda Lujuria es la Ira de mi vida. Loca de ti, toda Ira es la Pereza de mi vida. Loca de ti, toda Pereza es la Envidia de mi vida. Loca de ti, toda Envidia es la Gula de mi vida. Loca de ti, toda Gula es la Avaricia de mi vida. Loca de ti, toda Avaricia es la Lujuria de mi vida. Fijada al muro, junto a cada uno de los marcos, una repisa blanca sostiene un vaso de vidrio llenado hasta la mitad con agua]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="1143000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="1143000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="1" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Paisaje de Chile (GD-O-0112)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Paisaje de Chile, Freddy Taberna (GD-O-0111)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme9">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme90">
   <a:themeElements>
-    <a:clrScheme name="Theme9">
+    <a:clrScheme name="Theme90">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme9">
+    <a:fontScheme name="Theme90">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -416,51 +4830,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme9">
+    <a:fmtScheme name="Theme90">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -591,51 +5005,51 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect b="50000" l="50000" r="50000" t="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Office PowerPoint</Application>
-  <Slides>1</Slides>
+  <Slides>31</Slides>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>