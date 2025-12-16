--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -236,51 +236,51 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454908038" r:id="rId1"/>
+    <p:sldLayoutId id="2454921792" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
@@ -306,91 +306,91 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme76">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme24">
   <a:themeElements>
-    <a:clrScheme name="Theme76">
+    <a:clrScheme name="Theme24">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme76">
+    <a:fontScheme name="Theme24">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -416,51 +416,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme76">
+    <a:fmtScheme name="Theme24">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>