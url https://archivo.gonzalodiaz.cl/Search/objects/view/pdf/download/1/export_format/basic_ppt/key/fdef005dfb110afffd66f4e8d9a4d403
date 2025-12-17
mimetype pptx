--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,67 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId3"/>
+    <p:sldId id="257" r:id="rId4"/>
+    <p:sldId id="258" r:id="rId5"/>
+    <p:sldId id="259" r:id="rId6"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="fr-FR"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" defTabSz="914400" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="0" rtl="0">
       <a:defRPr kern="1200" sz="1800">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr algn="l" defTabSz="914400" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="457200" rtl="0">
       <a:defRPr kern="1200" sz="1800">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -160,53 +166,56 @@
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showComments="0" lastView="sldView">
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx d="100" n="100"/>
           <a:sy d="100" n="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/>
-  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
-[...1 lines deleted...]
-  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/>
+  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/>
+  <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
+  <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/>
+  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -236,161 +245,671 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454921792" r:id="rId1"/>
+    <p:sldLayoutId id="2454984701" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25503_ca_object_representations_media_794_large1.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7222_ca_object_representations_media_1238_large2.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57764_ca_object_representations_media_2209_large3.jpg"/>
+</Relationships>
+
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96670_ca_object_representations_media_180_large4.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
-[...2 lines deleted...]
-          <a:chExt cx="0" cy="0"/>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="5943600"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2162175" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Pinturichio Primo (GD-O-0074.f)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Serigrafía rectangular de gran tamaño y de composición vertical, lleva el texto El Pinturichio Primo en primera linea y una serie de imágenes como un tucán, un coito, un avión y una cabeza vendada mirando hacia abajo. Predominan los tonos; negro, azul y fucsia. ]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="11049000" cy="5943600"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="11049000" cy="5943600"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="10591800" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El Kilómetro 104 (GD-O-0074)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5943600" y="1371600"/>
+            <a:ext cx="2743200" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Conjunto de seis laminas de composición vertical. Cada lámina esta compuesta por textos que estructuran una serie de seis enunciados gráficos impresos con todas las variantes de la serigrafía, incluyendo manchas realizadas con la malla abierta, regidos por la noción albertiana del “cuadro ventana” y por el procedimiento del “banco de pruebas”, en formatos de hule y papel de algodón de 220 cm de altura y láminas de acrílico transparente de similar tamaño.]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="1981200" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[Cuatro Artistas Chilenos en el CAYC de Buenos Aires: Díaz, Dittborn, Jaar, Leppe (GD-D-00049)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="228600"/>
+          <a:ext cx="9144000" cy="4572000"/>
+          <a:chOff x="0" y="228600"/>
+          <a:chExt cx="9144000" cy="4572000"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1" name="" descr="Image"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1371600"/>
+            <a:ext cx="2381250" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="95250" dir="2700000" algn="br" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name=""/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="228600"/>
+            <a:ext cx="9144000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" bIns="45720" lIns="91440" rIns="91440" tIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0" fontAlgn="base" marL="0" marR="0" indent="0" lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" sz="2000" spc="0" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="0"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t><![CDATA[El "block mágico"  de Gonzalo Díaz (GD-D-00048)]]></a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme24">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme68">
   <a:themeElements>
-    <a:clrScheme name="Theme24">
+    <a:clrScheme name="Theme68">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme24">
+    <a:fontScheme name="Theme68">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -416,51 +935,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme24">
+    <a:fmtScheme name="Theme68">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -591,51 +1110,51 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect b="50000" l="50000" r="50000" t="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Office PowerPoint</Application>
-  <Slides>1</Slides>
+  <Slides>4</Slides>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>