--- v2 (2025-12-17)
+++ v3 (2025-12-17)
@@ -1,73 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId3"/>
-    <p:sldId id="257" r:id="rId4"/>
-[...1 lines deleted...]
-    <p:sldId id="259" r:id="rId6"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="fr-FR"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" defTabSz="914400" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="0" rtl="0">
       <a:defRPr kern="1200" sz="1800">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr algn="l" defTabSz="914400" eaLnBrk="1" hangingPunct="1" latinLnBrk="0" marL="457200" rtl="0">
       <a:defRPr kern="1200" sz="1800">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -166,56 +160,53 @@
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showComments="0" lastView="sldView">
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx d="100" n="100"/>
           <a:sy d="100" n="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/>
-  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/>
-[...4 lines deleted...]
-  <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/>
+  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
+  <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -245,671 +236,161 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454984701" r:id="rId1"/>
+    <p:sldLayoutId id="2455005736" r:id="rId1"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr">
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr algn="ctr" indent="-324900">
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl1pPr>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr algn="ctr">
         <a:defRPr kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:defPPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25503_ca_object_representations_media_794_large1.jpg"/>
-[...23 lines deleted...]
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96670_ca_object_representations_media_180_large4.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="228600"/>
-[...2 lines deleted...]
-          <a:chExt cx="9144000" cy="5943600"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...124 lines deleted...]
-      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...357 lines deleted...]
-
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme68">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme38">
   <a:themeElements>
-    <a:clrScheme name="Theme68">
+    <a:clrScheme name="Theme38">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme68">
+    <a:fontScheme name="Theme38">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -935,51 +416,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme68">
+    <a:fmtScheme name="Theme38">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1110,51 +591,51 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect b="50000" l="50000" r="50000" t="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Office PowerPoint</Application>
-  <Slides>4</Slides>
+  <Slides>1</Slides>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>